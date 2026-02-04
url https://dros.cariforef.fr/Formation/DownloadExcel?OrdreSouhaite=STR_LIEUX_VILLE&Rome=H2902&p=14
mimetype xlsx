--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -347,51 +347,51 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Tuyauterie</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Régional Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>CAP composites, plastiques chaudronnés (Apprentissage)</x:t>
   </x:si>
@@ -575,117 +575,117 @@
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Porfessionnel Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro ouvrages du bâtiment : métallerie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Ouvrages du bâtiment - Option Métallerie</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Technicien en réalisation de produits mécaniques - Réalisation et suivi de production</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Argensol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
@@ -6647,208 +6647,208 @@
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>581441</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>491059</x:v>
+        <x:v>515762</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>540865</x:v>
+        <x:v>491059</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>547757</x:v>
+        <x:v>540865</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>160</x:v>
@@ -6863,1651 +6863,1654 @@
       <x:c r="K98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>493113</x:v>
+        <x:v>547757</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
+      <x:c r="E99" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>491061</x:v>
+        <x:v>493113</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>491064</x:v>
+        <x:v>491061</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>581434</x:v>
+        <x:v>491064</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>493114</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
+      <x:c r="E103" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>593082</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>40801</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>172</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>602863</x:v>
+        <x:v>593082</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>605645</x:v>
+        <x:v>602863</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>451221</x:v>
+        <x:v>605645</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H107" s="0" t="s">
+        <x:v>59</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>606940</x:v>
+        <x:v>451221</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>58</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>550210</x:v>
+        <x:v>606940</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>500963</x:v>
+        <x:v>550210</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39514</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>177</x:v>
-[...1 lines deleted...]
-      <x:c r="H110" s="14" t="s"/>
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="H110" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>22254</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>547432</x:v>
+        <x:v>500963</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>504934</x:v>
+        <x:v>547432</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>39514</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22254</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>595525</x:v>
+        <x:v>504934</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>493605</x:v>
+        <x:v>595525</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
-      <x:c r="E114" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>515762</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>588517</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>514444</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>494824</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>572450</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>543716</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>604611</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>543658</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>547817</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>602312</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>588513</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>572449</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -8656,54 +8659,54 @@
         <x:v>595768</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>