--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -614,51 +614,51 @@
   <x:si>
     <x:t>Monteur-dépanneur en climatisation</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur dépanneur en climatisation (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne La Valette du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2027 00:00:00</x:t>
   </x:si>
@@ -12573,98 +12573,98 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>585640</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>494842</x:v>
+        <x:v>494841</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37876</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -13468,335 +13468,331 @@
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>609535</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
-      <x:c r="E203" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>611234</x:v>
+        <x:v>564400</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>564400</x:v>
+        <x:v>564392</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
-      <x:c r="E205" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>494841</x:v>
+        <x:v>493579</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
-      <x:c r="E206" s="14" t="s"/>
+      <x:c r="E206" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>564392</x:v>
+        <x:v>556834</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>493579</x:v>
+        <x:v>564399</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35846</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>294</x:v>
@@ -13813,454 +13809,452 @@
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22604</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>556834</x:v>
+        <x:v>509160</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38361</x:v>
+        <x:v>38560</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>233</x:v>
-[...2 lines deleted...]
-        <x:v>234</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>22499</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>564399</x:v>
+        <x:v>595394</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>509160</x:v>
+        <x:v>611241</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
-        <x:v>38560</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
-        <x:v>22624</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>595394</x:v>
+        <x:v>596267</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>611241</x:v>
+        <x:v>609811</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>596267</x:v>
+        <x:v>564391</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>609811</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>564391</x:v>
+        <x:v>493578</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
@@ -14275,51 +14269,51 @@
       <x:c r="K216" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>564385</x:v>
+        <x:v>550634</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -14332,353 +14326,358 @@
       <x:c r="K217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>493578</x:v>
+        <x:v>543630</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>550634</x:v>
+        <x:v>543631</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
+      <x:c r="E219" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>543630</x:v>
+        <x:v>556735</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38361</x:v>
+        <x:v>35846</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>22499</x:v>
+        <x:v>22604</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>543631</x:v>
+        <x:v>556833</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>556735</x:v>
+        <x:v>494842</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>35846</x:v>
+        <x:v>38361</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>22604</x:v>
+        <x:v>22499</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>556833</x:v>
+        <x:v>611234</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>168</x:v>
       </x:c>