--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -3930,161 +3930,161 @@
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>500923</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38748</x:v>
+        <x:v>35844</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>22635</x:v>
+        <x:v>22624</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>550292</x:v>
+        <x:v>451207</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>35844</x:v>
+        <x:v>38748</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>22624</x:v>
+        <x:v>22635</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>451207</x:v>
+        <x:v>550292</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>35844</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>123</x:v>
       </x:c>