--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -497,83 +497,83 @@
   <x:si>
     <x:t>Arobase Formations Provence</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Adaptation sociale</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site de Brignoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFTS) - Site d'Ollioules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestes et postures - Mobilisation des personnes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adafmi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique d'Etat , Agent de la fonction publique hospitalière , Agent de la fonction publique territoriale , Autre public , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Geste posture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestes et postures - Mobilisation des personnes</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Troubles liés au vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Agent de la fonction publique hospitalière , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Les Fauvettes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Cfc-Cfa Les Chênes</x:t>
@@ -581,62 +581,62 @@
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Professionnel et Technologique LES CHENES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel et Technologique Les Chênes</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Professionnel et Technologique LES CHENES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social PACA-Corse - site Digne-les-Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
@@ -668,68 +668,68 @@
   <x:si>
     <x:t>Lycée Léon Blum</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HETIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Haute Ecole du Travail et de l'Intervention Sociale - Antenne Draguignan</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
@@ -1394,54 +1394,54 @@
   <x:si>
     <x:t>Bac pro accompagnement, soins et services à la personne (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître de maison en secteur social et médico-social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Maître-Maîtresse de maison en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Actif'Jeunes - dispositif de remobilisation avec volet santé</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil - Antenne Brignoles</x:t>
   </x:si>
   <x:si>
     <x:t>FAA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Primo-arrivant</x:t>
   </x:si>
   <x:si>
     <x:t>VARAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
@@ -4084,215 +4084,215 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>578322</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
+      <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>129</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>578489</x:v>
+        <x:v>596343</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="P39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>616773</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s"/>
-      <x:c r="F40" s="14" t="s"/>
+      <x:c r="E40" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F40" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G40" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H40" s="14" t="s"/>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
+        <x:v>130</x:v>
+      </x:c>
       <x:c r="I40" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>596343</x:v>
+        <x:v>578489</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4320,89 +4320,89 @@
       <x:c r="R41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>606987</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>616809</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4709,157 +4709,157 @@
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>546579</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>521636</x:v>
+        <x:v>596342</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>596342</x:v>
+        <x:v>521636</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -5293,337 +5293,334 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>543270</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>587254</x:v>
+        <x:v>559106</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>607646</x:v>
+        <x:v>587908</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>605995</x:v>
+        <x:v>564372</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>542838</x:v>
+        <x:v>607646</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>559106</x:v>
+        <x:v>542838</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
@@ -5638,114 +5635,117 @@
       <x:c r="K64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>587908</x:v>
+        <x:v>587254</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>564372</x:v>
+        <x:v>605995</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -6054,96 +6054,96 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>559988</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>598291</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6330,51 +6330,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>616273</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6612,51 +6612,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>609808</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6725,51 +6725,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>573307</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6784,51 +6784,51 @@
       <x:c r="M84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>616798</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -7740,51 +7740,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>580064</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -8697,51 +8697,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>550566</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
@@ -9346,288 +9346,288 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>599080</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
+      <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>576253</x:v>
+        <x:v>578447</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F131" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>578447</x:v>
+        <x:v>576253</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>81</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
-      <x:c r="F132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F132" s="14" t="s">
+        <x:v>62</x:v>
+      </x:c>
       <x:c r="G132" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>578448</x:v>
+        <x:v>576251</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>576251</x:v>
+        <x:v>578448</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G134" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -11278,51 +11278,51 @@
       <x:c r="M162" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>616799</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -11626,51 +11626,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>573306</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11680,51 +11680,51 @@
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>609807</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -12111,216 +12111,217 @@
       <x:c r="T176" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>616274</x:v>
+        <x:v>578949</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
-        <x:v>61</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>578949</x:v>
+        <x:v>549573</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>37231</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="F179" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>501091</x:v>
+        <x:v>616274</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>190</x:v>
@@ -12331,57 +12332,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>549573</x:v>
+        <x:v>501091</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -12564,51 +12565,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>578488</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -13221,75 +13222,75 @@
       <x:c r="T195" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>596341</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13433,107 +13434,103 @@
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>556844</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>401</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>609645</x:v>
+        <x:v>596541</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
@@ -13543,57 +13540,57 @@
       <x:c r="K201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>507261</x:v>
+        <x:v>609645</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>403</x:v>
@@ -13604,111 +13601,117 @@
       <x:c r="K202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>609648</x:v>
+        <x:v>507261</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
+      <x:c r="E203" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="H203" s="0" t="s">
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>596541</x:v>
+        <x:v>609648</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>403</x:v>
@@ -14095,92 +14098,92 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>531527</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="P211" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="P211" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>616774</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15099,157 +15102,157 @@
       <x:c r="K228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>571303</x:v>
+        <x:v>598132</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="U228" s="16" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37424</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>598132</x:v>
+        <x:v>571303</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>15031</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>616463</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>