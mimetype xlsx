--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -500,80 +500,80 @@
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Adaptation sociale</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site de Brignoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFTS) - Site d'Ollioules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gestes et postures - Mobilisation des personnes</x:t>
   </x:si>
   <x:si>
     <x:t>Adafmi</x:t>
   </x:si>
   <x:si>
-    <x:t>83170</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique d'Etat , Agent de la fonction publique hospitalière , Agent de la fonction publique territoriale , Autre public , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Geste posture</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site de Brignoles</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Troubles liés au vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Agent de la fonction publique hospitalière , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Les Fauvettes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Cfc-Cfa Les Chênes</x:t>
@@ -977,65 +977,65 @@
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>LP Colbert</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 07</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>maître de maison en secteur social et médico-social</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Régional du Travail Social PACA-Corse - site Marseille 14e</x:t>
   </x:si>
   <x:si>
     <x:t>13311</x:t>
   </x:si>
   <x:si>
+    <x:t>Aide médico-sociale</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 14</x:t>
   </x:si>
   <x:si>
-    <x:t>maître de maison en secteur social et médico-social</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP JB Brochier</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Form·ecare</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>lycée Nelson Mandela</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Cadenelle</x:t>
@@ -1394,54 +1394,54 @@
   <x:si>
     <x:t>Bac pro accompagnement, soins et services à la personne (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maître de maison en secteur social et médico-social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre à finalité professionnelle Maître-Maîtresse de maison en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Actif'Jeunes - dispositif de remobilisation avec volet santé</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Apprentis d'Auteuil - Antenne Brignoles</x:t>
   </x:si>
   <x:si>
     <x:t>FAA</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Primo-arrivant</x:t>
   </x:si>
   <x:si>
     <x:t>VARAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VENELLES</x:t>
   </x:si>
@@ -4147,152 +4147,153 @@
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>578489</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="C39" s="3" t="s"/>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C39" s="3" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="I39" s="4" t="s">
+      <x:c r="J39" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K39" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="L39" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M39" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N39" s="3" t="n">
+        <x:v>44028</x:v>
+      </x:c>
+      <x:c r="O39" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="K39" s="0" t="s">
+      <x:c r="Q39" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>616773</x:v>
+        <x:v>596343</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>89</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>145</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>31776</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>596343</x:v>
+        <x:v>616773</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -4320,89 +4321,89 @@
       <x:c r="R41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>606987</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q42" s="16" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>616809</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5530,106 +5531,103 @@
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>542838</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>559106</x:v>
+        <x:v>564372</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
@@ -5649,103 +5647,106 @@
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>587908</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>564372</x:v>
+        <x:v>559106</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -6054,96 +6055,96 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>559988</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>598291</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8313,148 +8314,148 @@
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>596335</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>596338</x:v>
+        <x:v>597203</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37424</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>44022</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>597203</x:v>
+        <x:v>596338</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
@@ -9685,51 +9686,51 @@
       <x:c r="G135" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>570855</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
@@ -10992,167 +10993,167 @@
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>576250</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>528940</x:v>
+        <x:v>607628</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>607628</x:v>
+        <x:v>528940</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13221,75 +13222,75 @@
       <x:c r="T195" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>596341</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13422,57 +13423,57 @@
       <x:c r="K199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>556844</x:v>
+        <x:v>609645</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>403</x:v>
@@ -13483,57 +13484,57 @@
       <x:c r="K200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>609645</x:v>
+        <x:v>556844</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
@@ -14095,92 +14096,92 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>531527</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="I211" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="I211" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K211" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31776</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="Q211" s="4" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>616774</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37231</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14846,51 +14847,51 @@
       <x:c r="G224" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>605997</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
@@ -15087,169 +15088,169 @@
       <x:c r="G228" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>571303</x:v>
+        <x:v>598132</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="U228" s="16" t="s">
         <x:v>441</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37424</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44022</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>598132</x:v>
+        <x:v>571303</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>15031</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>616463</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
@@ -15337,157 +15338,157 @@
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>579207</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
-        <x:v>37231</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>596545</x:v>
+        <x:v>578396</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>37231</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>578396</x:v>
+        <x:v>596545</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>50</x:v>
       </x:c>