--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -215,62 +215,62 @@
   <x:si>
     <x:t>Aix Marseille Université - Ecole de Journalisme et de Communication d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours management des établissements sanitaires et sociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Aide développement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut de Management Public et Gouvernance Territoriale</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours sécurité et management des territoires</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit public parcours droit des finances publiques et de la fiscalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit public fondamental</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
-    <x:t>Droit public</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention droit international et droit européen parcours action et droits humanitaires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit international et droit européen parcours droit de l'Union européenne</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention urbanisme et aménagement parcours transitions urbaines et coopération en Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Plan local urbanisme</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention administration publique parcours management public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention direction de projets ou établissements culturels parcours management et droit des organisations et des manifestations culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management public parcours marketing et communication publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours études parlementaires et droit des assemblées</x:t>
@@ -548,69 +548,69 @@
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie du droit parcours business law and economics</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie parcours recherche en économie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention économie parcours données, analyses, décisions et évaluation économiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences naturelles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Développement durable</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de l'eau parcours hydrogéologie et géochimie des eaux</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Master mention sciences de l'eau parcours gestion de l'eau et des milieux aquatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
@@ -1704,60 +1704,60 @@
       <x:c r="H8" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>581252</x:v>
+        <x:v>576331</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1770,110 +1770,110 @@
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>576331</x:v>
+        <x:v>576334</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>576334</x:v>
+        <x:v>581252</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -5531,254 +5531,254 @@
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>581232</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>39281</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>577563</x:v>
+        <x:v>577545</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>39281</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>577545</x:v>
+        <x:v>577562</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39281</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>577562</x:v>
+        <x:v>577563</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>577546</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
@@ -5793,51 +5793,51 @@
       <x:c r="G80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>577547</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -5850,51 +5850,51 @@
       <x:c r="G81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>577548</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -5935,82 +5935,82 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>574965</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>577544</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
@@ -6595,51 +6595,51 @@
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592067</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
@@ -6926,51 +6926,51 @@
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>592065</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -7037,51 +7037,51 @@
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>592066</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -7148,51 +7148,51 @@
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>592064</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
@@ -7316,51 +7316,51 @@
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>598502</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">