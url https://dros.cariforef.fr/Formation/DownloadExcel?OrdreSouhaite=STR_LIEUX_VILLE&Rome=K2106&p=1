--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -209,56 +209,56 @@
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation de philosophie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Formation enseignant</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -326,86 +326,86 @@
   <x:si>
     <x:t>Préparation au concours de recrutement de professeur des écoles (CRPE)</x:t>
   </x:si>
   <x:si>
     <x:t>Forprof</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les lettres, le français langue étrangère au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de musique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation examen concours fonction publique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de lettres classiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Préparation à l’agrégation de lettres modernes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours  formation d'adultes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Préparation à l’agrégation de grammaire</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de l'éducation et de la formation parcours  formation d'adultes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner la philosophie, les sciences économiques et sociales au LGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention premier degré parcours professorat des écoles</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Animer une formation en présentiel augmenté</x:t>
   </x:si>
   <x:si>
     <x:t>Guiguichard - getalearn</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénierie formation pédagogie</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation d’Histoire</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l’agrégation d’Italien</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner en lycée professionnel</x:t>
@@ -650,57 +650,57 @@
   <x:si>
     <x:t>Institut supérieur de formation de l'enseignement catholique</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences physique-chimie au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours  enseigner les mathématiques au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les sciences de la vie, les sciences de la terre au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner les arts au CLG et LGT</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention second degré parcours enseigner l'éducation physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
@@ -1745,145 +1745,145 @@
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>597985</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>597983</x:v>
+        <x:v>597974</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44586</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597974</x:v>
+        <x:v>597983</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
@@ -2174,591 +2174,591 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>553169</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>608326</x:v>
+        <x:v>600848</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>575730</x:v>
+        <x:v>575946</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575941</x:v>
+        <x:v>575947</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>88</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="J22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575922</x:v>
+        <x:v>598359</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="s"/>
+      <x:c r="C23" s="3" t="n">
+        <x:v>38155</x:v>
+      </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
+      <x:c r="J23" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>44583</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>598357</x:v>
+        <x:v>575922</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44583</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>598358</x:v>
+        <x:v>598357</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="J25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575946</x:v>
+        <x:v>598358</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575947</x:v>
+        <x:v>575730</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>15073</x:v>
+        <x:v>44583</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>600848</x:v>
+        <x:v>608326</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C28" s="15" t="s"/>
+      <x:c r="C28" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="J28" s="14" t="s"/>
+      <x:c r="J28" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>44583</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>598359</x:v>
+        <x:v>575941</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
@@ -3673,94 +3673,94 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>597309</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>597268</x:v>
+        <x:v>597305</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -3770,51 +3770,51 @@
       <x:c r="K47" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>597279</x:v>
+        <x:v>597308</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -3827,105 +3827,105 @@
       <x:c r="K48" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>597305</x:v>
+        <x:v>597310</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>597308</x:v>
+        <x:v>597268</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
@@ -3938,51 +3938,51 @@
       <x:c r="K50" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>597310</x:v>
+        <x:v>597279</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -4304,110 +4304,110 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>597272</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>575928</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
@@ -4497,153 +4497,152 @@
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>597295</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>114</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-        <x:v>63</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>44530</x:v>
+        <x:v>15073</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>597296</x:v>
+        <x:v>600854</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>77</x:v>
-[...1 lines deleted...]
-      <x:c r="C62" s="15" t="s"/>
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>38356</x:v>
+      </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>79</x:v>
-[...1 lines deleted...]
-      <x:c r="J62" s="14" t="s"/>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>15073</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>600854</x:v>
+        <x:v>597296</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4756,54 +4755,54 @@
       <x:c r="L65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>600866</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -4820,82 +4819,82 @@
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>553174</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>575924</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -4908,51 +4907,51 @@
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>597269</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
@@ -6404,51 +6403,51 @@
       <x:c r="C96" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>574918</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -6583,51 +6582,51 @@
       <x:c r="G99" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>610949</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -6694,51 +6693,51 @@
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597271</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
@@ -8596,51 +8595,51 @@
       <x:c r="K135" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>597344</x:v>
+        <x:v>597350</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
@@ -8653,51 +8652,51 @@
       <x:c r="K136" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597282</x:v>
+        <x:v>597344</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -8818,51 +8817,51 @@
       <x:c r="K139" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>597350</x:v>
+        <x:v>597282</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
@@ -9005,150 +9004,150 @@
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38185</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>581335</x:v>
+        <x:v>575949</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>575949</x:v>
+        <x:v>581335</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -9229,82 +9228,82 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>597363</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38155</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>575927</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
@@ -9854,94 +9853,94 @@
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>575944</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>597356</x:v>
+        <x:v>597270</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -9951,108 +9950,108 @@
       <x:c r="K159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>597359</x:v>
+        <x:v>597355</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>597270</x:v>
+        <x:v>597358</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10062,51 +10061,51 @@
       <x:c r="K161" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>597355</x:v>
+        <x:v>597362</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
@@ -10119,51 +10118,51 @@
       <x:c r="K162" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>597358</x:v>
+        <x:v>597365</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10173,222 +10172,221 @@
       <x:c r="K163" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>597362</x:v>
+        <x:v>597302</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38356</x:v>
+        <x:v>38155</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>69</x:v>
-[...1 lines deleted...]
-      <x:c r="H164" s="14" t="s"/>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>44530</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>597365</x:v>
+        <x:v>575929</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38155</x:v>
+        <x:v>38356</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>50</x:v>
-[...2 lines deleted...]
-        <x:v>51</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>44530</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>575929</x:v>
+        <x:v>597356</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>597302</x:v>
+        <x:v>597359</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
@@ -10449,103 +10447,103 @@
       <x:c r="L168" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>600868</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>600864</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -10652,51 +10650,51 @@
       <x:c r="G172" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>581545</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -11051,51 +11049,51 @@
       <x:c r="K179" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>597274</x:v>
+        <x:v>597275</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
@@ -11108,51 +11106,51 @@
       <x:c r="K180" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597331</x:v>
+        <x:v>597274</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -11162,162 +11160,162 @@
       <x:c r="K181" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597276</x:v>
+        <x:v>597331</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597354</x:v>
+        <x:v>597276</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>597329</x:v>
+        <x:v>597354</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
@@ -11330,162 +11328,162 @@
       <x:c r="K184" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>597275</x:v>
+        <x:v>597329</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>597368</x:v>
+        <x:v>597353</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>44530</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>597353</x:v>
+        <x:v>597368</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38356</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -11651,51 +11649,51 @@
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>597273</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
@@ -11819,110 +11817,110 @@
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>600861</x:v>
+        <x:v>553170</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>15073</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>553170</x:v>
+        <x:v>600861</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
@@ -11956,100 +11954,100 @@
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>602956</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>602911</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -12058,51 +12056,51 @@
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>602909</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -12160,100 +12158,100 @@
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>602886</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44554</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>602914</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>102</x:v>
       </x:c>