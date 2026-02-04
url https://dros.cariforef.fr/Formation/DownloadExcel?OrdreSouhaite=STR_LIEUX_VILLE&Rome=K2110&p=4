--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -377,60 +377,60 @@
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CQP responsable d'unité(s) d'enseignement de la sécurité routière et de la conduite</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel enseignant de la conduite et de la sécurité routière BC1 Former des apprenants conducteurs par des actions individuelles et collectives, dans le respect des cadres réglementaires en vigueur</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi longue durée</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efp Conduite</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
@@ -2377,114 +2377,114 @@
       <x:c r="K24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>583409</x:v>
+        <x:v>605129</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>605129</x:v>
+        <x:v>598403</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -2493,54 +2493,54 @@
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598403</x:v>
+        <x:v>583409</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -2553,51 +2553,51 @@
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31802</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>602851</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35329</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>