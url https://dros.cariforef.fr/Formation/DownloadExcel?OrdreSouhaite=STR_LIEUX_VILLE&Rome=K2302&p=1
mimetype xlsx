--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -338,57 +338,57 @@
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
+    <x:t>06/18/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Simone Veil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ville et environnements urbains</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement urbain</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
@@ -1697,57 +1697,57 @@
       <x:c r="K14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>581591</x:v>
+        <x:v>607273</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -1757,54 +1757,54 @@
       <x:c r="K15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>607273</x:v>
+        <x:v>581591</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>