--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -227,62 +227,62 @@
   <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Créations Artistiques AL - Sophie Lecomte Maquillage</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Demandeur d'emploi moins de 26 ans</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Techniques de coiffure pour cheveux spécifiques, bouclés à crépus</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
@@ -323,89 +323,89 @@
   <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fb Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maquilleur artistique et évènementiel blocs de compétences BC01 - BC03 - BC04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Académie des Techniques du Maquillage Artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ATMA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cosmétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES LA BOCCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maquilleur artistique et évènementiel BC2 réaliser un maquillage expert pour l’évènementiel (spécialisation beauté conseil et plateau télé)</x:t>
   </x:si>
   <x:si>
-    <x:t>Académie des Techniques du Maquillage Artistique</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Maquilleur artistique et évènementiel blocs de compétences BC01 - BC03 - BC04</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Maquilleur artistique et évènementiel spécialisation beauté conseil et photos, défilés scène, plateau télé et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel spécialisation effets spéciaux pour le cinéma (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
@@ -413,62 +413,62 @@
   <x:si>
     <x:t>Maquilleur artistique et évènementiel BC3 réaliser un maquillage artistique avec des effets spéciaux (spécialisation cinéma, théâtre et danse)</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Microblading - Microshading</x:t>
   </x:si>
   <x:si>
     <x:t>Alip - Institut Art du Corps - Dermo Académie</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
+    <x:t>02/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/17/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Pose d'extensions capillaires</x:t>
   </x:si>
   <x:si>
     <x:t>Karisma</x:t>
   </x:si>
   <x:si>
     <x:t>83390</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>CUERS</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lissage et  soins capillaires</x:t>
@@ -530,59 +530,59 @@
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>69000</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/27/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>La colorimétrie (coiffure)</x:t>
   </x:si>
   <x:si>
     <x:t>Alchimie Coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Autre public , Demandeur d'emploi , Public en emploi , Salarié de l'artisanat</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Maquilleur artistique et évènementiel (Apprentissage)</x:t>
@@ -728,54 +728,54 @@
   <x:si>
     <x:t>Artisan , Bénéficiaire du RSA , Demandeur d'emploi , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ÉRUDIS Formation</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Choisir, fixer, adapter et coiffer un complément capillaire</x:t>
   </x:si>
   <x:si>
     <x:t>La Centrale Capillaire</x:t>
   </x:si>
   <x:si>
     <x:t>LCC</x:t>
   </x:si>
@@ -1688,209 +1688,208 @@
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>609026</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
-      <x:c r="E7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>554543</x:v>
+        <x:v>495204</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s"/>
+      <x:c r="E8" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>495204</x:v>
+        <x:v>554543</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>609025</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
@@ -2109,51 +2108,51 @@
       <x:c r="M14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>558135</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -2335,51 +2334,51 @@
       <x:c r="K18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>565261</x:v>
+        <x:v>601571</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -2392,116 +2391,116 @@
       <x:c r="K19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>583184</x:v>
+        <x:v>565261</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>601571</x:v>
+        <x:v>583184</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2646,99 +2645,99 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>598871</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>583185</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -2751,62 +2750,62 @@
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>583188</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -2867,150 +2866,150 @@
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>565254</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>598259</x:v>
+        <x:v>586138</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42052</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>586138</x:v>
+        <x:v>598259</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>120</x:v>
@@ -3571,167 +3570,167 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>554415</x:v>
+        <x:v>506104</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>506104</x:v>
+        <x:v>554415</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>609230</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -3775,100 +3774,100 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>616265</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>565251</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>68</x:v>
@@ -4122,291 +4121,291 @@
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>583186</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>601562</x:v>
+        <x:v>565253</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>565253</x:v>
+        <x:v>545950</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>545950</x:v>
+        <x:v>545970</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>545970</x:v>
+        <x:v>601562</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -4540,110 +4539,110 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>545966</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38507</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>590653</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>176</x:v>
@@ -4773,83 +4772,83 @@
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>555007</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>554418</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -4862,51 +4861,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>506127</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -4921,51 +4920,51 @@
       <x:c r="B64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>609229</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -5025,51 +5024,51 @@
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>551751</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -5077,51 +5076,51 @@
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>550616</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -5132,51 +5131,51 @@
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>551741</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
@@ -5318,51 +5317,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>549474</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5437,160 +5436,159 @@
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>603628</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s"/>
+      <x:c r="E74" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>595144</x:v>
+        <x:v>499324</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>499324</x:v>
+        <x:v>595144</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
@@ -5635,110 +5633,110 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>506109</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>609228</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -5751,51 +5749,51 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>554419</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -5863,110 +5861,110 @@
         <x:v>37</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>546827</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>601409</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -5982,51 +5980,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>511045</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -6184,84 +6182,84 @@
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>554784</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>607806</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -6278,111 +6276,111 @@
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>556384</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>599119</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
@@ -6399,165 +6397,165 @@
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>578859</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>537244</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>506819</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
@@ -6626,51 +6624,51 @@
       <x:c r="B94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>506115</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
@@ -6742,51 +6740,51 @@
       <x:c r="B96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>554417</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>184</x:v>
       </x:c>