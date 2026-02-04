--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -167,90 +167,90 @@
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Télé-pilotage drone aérien</x:t>
   </x:si>
   <x:si>
     <x:t>ANCELLE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Hôtesse de l'air et Steward (CCA) et Stage Anglais et Stage Préparation et examenTOEIC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Horizons Academy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hôtesse air steward</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hôtesse de l'air et Steward (CCA)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hôtesse de l'air et Steward (CCA) et Stage Préparation et ExamenTOEIC</x:t>
   </x:si>
   <x:si>
-    <x:t>Horizons Academy</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Hôtesse de l'air et Steward (CCA) et Stage anglais</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Hôtesse de l'air et Steward (CCA) et Stage Anglais et Stage Préparation et examenTOEIC</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. Aviation Safety Aircraft Airworthiness (ENAC - ISAE-SUPAERO - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Transport aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
@@ -904,51 +904,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31879</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>611272</x:v>
+        <x:v>611271</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>34</x:v>
@@ -957,159 +957,159 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31879</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>611273</x:v>
+        <x:v>611269</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>31879</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>611269</x:v>
+        <x:v>611272</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>31879</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>611271</x:v>
+        <x:v>611273</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>36</x:v>