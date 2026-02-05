--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -350,98 +350,98 @@
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires en immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires immobilières BC02 Assurer la gestion locative d’un portefeuille de biens immobiliers</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Consultant financier et patrimonial spécialisation manager en patrimoine immobilier financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion portefeuille</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable d'affaires immobilières BC03 Assurer la gestion financière et technique d’un immeuble</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Manager des actifs et patrimoines immobiliers spécialisation manager en promotion immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Responsable d'affaires immobilières BC01 Conseiller et accompagner un client dans son projet immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Business School</x:t>
@@ -752,110 +752,110 @@
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Difcam</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS professions immobilières (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG BUSINESS SCHOOL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Préparation à l'Administration et à la Gestion - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel assistant immobilier BC1 - BC3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delivery Digital Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>chargé d'affaires en immobilier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut de Préparation à l'Administration et à la Gestion</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel assistant immobilier BC1 - BC3</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Jeune 16-25 ans , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expertise terrains agricoles, vignobles, fermes, bois et forêts</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Professions immobilières</x:t>
@@ -932,269 +932,269 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager immobilier (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager immobilier (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>manager immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Edmond Rostand</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Charles Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel assistant immobilier (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Performance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire d'affaires immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Ecole Supérieure des Professions Immobilières</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE ESPI</x:t>
   </x:si>
   <x:si>
     <x:t>75015</x:t>
   </x:si>
   <x:si>
     <x:t>Bail immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Ecole Supérieure des Professions Immobilières - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>07/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/13/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager en aménagement et en promotion immobilière (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Aménagement foncier</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie de la finance immobilière (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>expert en management immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Fiscalité immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en management immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
   </x:si>
   <x:si>
     <x:t>CEEME</x:t>
   </x:si>
   <x:si>
-    <x:t>07/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en évaluation et stratégie immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>gestionnaire d'affaires immobilières</x:t>
   </x:si>
   <x:si>
     <x:t>ESPI</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur en immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en gestion immobilière (Property manager) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de l'immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
@@ -1310,107 +1310,107 @@
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
-    <x:t>FREJUS</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Privé Les Fauvettes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Elysées Marbeuf Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Académie du Management - Antenne Cannes</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de gestion commerciale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chargé de gestion commerciale (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Migno)</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
@@ -1439,59 +1439,59 @@
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé des affaires immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires en immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>responsable d'affaires en immobilier</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>responsable d'affaires en immobilier</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ogec Sainte Jeanne d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Loi Alur : vente immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>Irène Sorolla - Entre2portes</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
@@ -1535,150 +1535,150 @@
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>consultant financier et patrimonial</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure Campus Eductive Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
+    <x:t>Esgcv - Esarc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esgcv - Esarc - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ifte Aix</x:t>
+  </x:si>
+  <x:si>
     <x:t>Négociateur-conseil en patrimoine immobilier et financier spécialisation gestion de patrimoine et immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Esgcv - Esarc</x:t>
-[...5 lines deleted...]
-    <x:t>Ifte Aix</x:t>
+    <x:t>Groupe Conseil Assurances Formation - Suptertiaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Conseil Assurances Formation - Suptertiaire - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Suptertiaire immobilier - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sup'tertiaire - Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Euridis Management - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit de l'immobilier parcours droit immobilier privé et public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Négociateur-conseil en patrimoine immobilier et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>négociateur-conseil en patrimoine immobilier et financier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention activités juridiques : métiers du droit de l'immobilier parcours métiers de l'immobilier dans la construction et la gestion immobilière</x:t>
+  </x:si>
+  <x:si>
     <x:t>manager de l'habitat social et durable</x:t>
   </x:si>
   <x:si>
-    <x:t>Suptertiaire immobilier - campus d'Aix-en-Provence</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Environnement aménagement</x:t>
   </x:si>
   <x:si>
-    <x:t>Sup'tertiaire - Aix-en-Provence</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de l'habitat social et durable (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>ESG</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'immobilier parcours droit de l'urbanisme et droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie patrimoniale</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des actifs et patrimoines immobiliers spécialisation management de l'immobilier (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>manager des actifs et patrimoines immobiliers</x:t>
   </x:si>
   <x:si>
     <x:t>responsable d'affaires immobilières</x:t>
   </x:si>
@@ -3188,275 +3188,278 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>602916</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>35077</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>56</x:v>
-[...1 lines deleted...]
-      <x:c r="H18" s="14" t="s"/>
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="H18" s="14" t="s">
+        <x:v>95</x:v>
+      </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>41003</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="P18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="P18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>534946</x:v>
+        <x:v>599108</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>586227</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40291</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>13286</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>599108</x:v>
+        <x:v>506000</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>608579</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3525,280 +3528,278 @@
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>609447</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="U23" s="4" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>35438</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>550759</x:v>
+        <x:v>586227</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>534963</x:v>
+        <x:v>550759</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>506000</x:v>
+        <x:v>534963</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>586226</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -3935,82 +3936,82 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>553388</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>550742</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
@@ -4458,51 +4459,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>608702</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -4517,51 +4518,51 @@
       <x:c r="M40" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>608703</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4981,51 +4982,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>599825</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5213,105 +5214,105 @@
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>601559</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>595467</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37641</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -5326,51 +5327,51 @@
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>546514</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39812</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -5440,51 +5441,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>597215</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5494,51 +5495,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>597223</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -5655,51 +5656,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>603598</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -6238,93 +6239,93 @@
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>605208</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>609181</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -6589,51 +6590,51 @@
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>598949</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6646,51 +6647,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>607307</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -6759,51 +6760,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>597214</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6997,92 +6998,92 @@
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>608242</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35919</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>568266</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -7110,756 +7111,752 @@
       <x:c r="M85" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>512796</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>227</x:v>
-[...1 lines deleted...]
-      <x:c r="H86" s="14" t="s"/>
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H86" s="14" t="s">
+        <x:v>170</x:v>
+      </x:c>
       <x:c r="I86" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>616045</x:v>
+        <x:v>607854</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>554759</x:v>
+        <x:v>603558</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>608461</x:v>
+        <x:v>549104</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35919</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>205</x:v>
-[...2 lines deleted...]
-        <x:v>206</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>498934</x:v>
+        <x:v>616045</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>229</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>602741</x:v>
+        <x:v>552311</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>34441</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>607854</x:v>
+        <x:v>517411</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>603558</x:v>
+        <x:v>496645</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>549104</x:v>
+        <x:v>515225</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>37641</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>552311</x:v>
+        <x:v>597143</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>496645</x:v>
+        <x:v>560942</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>37641</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s"/>
+      <x:c r="E96" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>597143</x:v>
+        <x:v>599668</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H97" s="0" t="s">
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>560942</x:v>
+        <x:v>549103</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7892,270 +7889,272 @@
       <x:c r="S98" s="14" t="n">
         <x:v>565854</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>188</x:v>
-[...2 lines deleted...]
-        <x:v>170</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>515225</x:v>
+        <x:v>554759</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>549103</x:v>
+        <x:v>608461</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>35919</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>206</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>599668</x:v>
+        <x:v>498934</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>34441</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
-      <x:c r="E102" s="14" t="s"/>
+      <x:c r="E102" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>517411</x:v>
+        <x:v>602741</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8187,148 +8186,148 @@
         <x:v>606951</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>547443</x:v>
+        <x:v>499859</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>499859</x:v>
+        <x:v>547443</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U105" s="4" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8341,51 +8340,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>597208</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -8611,51 +8610,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>542836</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -8727,51 +8726,51 @@
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>603636</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8898,51 +8897,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>512794</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -8952,51 +8951,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>498269</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9066,51 +9065,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>603637</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -9184,159 +9183,160 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>504654</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>549480</x:v>
+        <x:v>597221</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>597221</x:v>
+        <x:v>549480</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -9698,51 +9698,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>608010</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9821,161 +9821,163 @@
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>504707</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>37279</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
+      <x:c r="E133" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="H133" s="0" t="s">
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>597211</x:v>
+        <x:v>549381</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37279</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>549381</x:v>
+        <x:v>597211</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40291</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
@@ -10067,90 +10069,90 @@
       <x:c r="R136" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>549348</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>41812</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>615949</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
@@ -10340,51 +10342,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>603475</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
@@ -10399,170 +10401,169 @@
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>607458</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>549282</x:v>
+        <x:v>506893</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="H144" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>506893</x:v>
+        <x:v>549282</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10748,51 +10749,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>597210</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -10808,51 +10809,51 @@
       <x:c r="M149" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>600897</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
@@ -10867,51 +10868,51 @@
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>608085</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10924,51 +10925,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>608086</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -11180,91 +11181,93 @@
         <x:v>508851</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>306</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>587362</x:v>
+        <x:v>609590</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -11282,207 +11285,203 @@
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>553822</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
-      <x:c r="E158" s="14" t="s"/>
+      <x:c r="E158" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>597219</x:v>
+        <x:v>587362</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
-      <x:c r="E159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>609590</x:v>
+        <x:v>597219</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>587361</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
@@ -11572,434 +11571,436 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>609626</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>572709</x:v>
+        <x:v>590888</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
-      <x:c r="E164" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E164" s="14" t="s"/>
+      <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>583789</x:v>
+        <x:v>572709</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
+      <x:c r="E165" s="0" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="F165" s="0" t="s">
+        <x:v>323</x:v>
+      </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>577261</x:v>
+        <x:v>583789</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>40989</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>590887</x:v>
+        <x:v>577261</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>40077</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>571473</x:v>
+        <x:v>590887</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40077</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>571475</x:v>
+        <x:v>571473</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>40989</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>590888</x:v>
+        <x:v>571475</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12125,114 +12126,114 @@
       <x:c r="K172" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>609809</x:v>
+        <x:v>542828</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>542828</x:v>
+        <x:v>609809</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>274</x:v>
@@ -12254,220 +12255,219 @@
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>493098</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>542826</x:v>
+        <x:v>611237</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>338</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>333</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>597218</x:v>
+        <x:v>542826</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
-      <x:c r="E177" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>332</x:v>
-[...2 lines deleted...]
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>611237</x:v>
+        <x:v>597218</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>342</x:v>
@@ -12478,57 +12478,57 @@
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>478422</x:v>
+        <x:v>513603</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U178" s="16" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -12538,57 +12538,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>513603</x:v>
+        <x:v>546392</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>342</x:v>
@@ -12599,57 +12599,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>546392</x:v>
+        <x:v>478422</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38274</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -12780,416 +12780,414 @@
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>513608</x:v>
+        <x:v>600264</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>41117</x:v>
+        <x:v>38274</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
-      <x:c r="E184" s="14" t="s"/>
+      <x:c r="E184" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>354</x:v>
-[...1 lines deleted...]
-      <x:c r="H184" s="14" t="s"/>
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H184" s="14" t="s">
+        <x:v>341</x:v>
+      </x:c>
       <x:c r="I184" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>13321</x:v>
+        <x:v>12504</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>615890</x:v>
+        <x:v>513604</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>41117</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>13321</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>357</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>608426</x:v>
+        <x:v>546390</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>41117</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>13321</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>608428</x:v>
+        <x:v>513608</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38274</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
-      <x:c r="E187" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>340</x:v>
-[...2 lines deleted...]
-        <x:v>341</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>12504</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>513604</x:v>
+        <x:v>615890</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>600264</x:v>
+        <x:v>608426</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>41117</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>13321</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>546390</x:v>
+        <x:v>608428</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37090</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>342</x:v>
@@ -13206,51 +13204,51 @@
       <x:c r="M190" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>513602</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -13502,51 +13500,51 @@
       <x:c r="M195" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>513605</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38273</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>342</x:v>
@@ -13563,51 +13561,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>13286</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>513607</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -13617,51 +13615,51 @@
       <x:c r="M197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>597448</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -14144,51 +14142,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>601558</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14320,104 +14318,106 @@
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>608094</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
-      <x:c r="E210" s="14" t="s"/>
+      <x:c r="E210" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>542835</x:v>
+        <x:v>511083</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -14433,118 +14433,116 @@
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>511083</x:v>
+        <x:v>556427</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
-      <x:c r="E212" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>556427</x:v>
+        <x:v>542835</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -14554,51 +14552,51 @@
       <x:c r="M213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>597220</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>393</x:v>
@@ -14675,51 +14673,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>602186</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>393</x:v>
@@ -14961,51 +14959,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>513391</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15131,51 +15129,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>608978</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
@@ -15247,51 +15245,51 @@
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>611080</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15311,207 +15309,208 @@
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>547579</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
+      <x:c r="E227" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G227" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="I227" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="J227" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K227" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L227" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M227" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="N227" s="3" t="n">
+        <x:v>42133</x:v>
+      </x:c>
+      <x:c r="O227" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P227" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="Q227" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="R227" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="I227" s="4" t="s">
-[...26 lines deleted...]
-      <x:c r="R227" s="0" t="s">
+      <x:c r="S227" s="0" t="n">
+        <x:v>545316</x:v>
+      </x:c>
+      <x:c r="T227" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="S227" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>545316</x:v>
+        <x:v>597209</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>552310</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15526,51 +15525,51 @@
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>498295</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15586,51 +15585,51 @@
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>506758</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15645,120 +15644,120 @@
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>605207</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>599472</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>202</x:v>
@@ -15766,51 +15765,51 @@
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>556113</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -15823,51 +15822,51 @@
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>496642</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16127,224 +16126,224 @@
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>599473</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>34465</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>506611</x:v>
+        <x:v>506613</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>422</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>547442</x:v>
+        <x:v>506611</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>34465</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>506613</x:v>
+        <x:v>547442</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="U243" s="4" t="s">
         <x:v>431</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>168</x:v>
@@ -16651,51 +16650,51 @@
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>597226</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
@@ -16710,51 +16709,51 @@
       <x:c r="M250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>607283</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16764,51 +16763,51 @@
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>606952</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>170</x:v>
@@ -16828,51 +16827,51 @@
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>607866</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -17003,51 +17002,51 @@
       <x:c r="M255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>597224</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
@@ -17067,156 +17066,158 @@
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>608342</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
-      <x:c r="E257" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H257" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>552312</x:v>
+        <x:v>554766</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
-      <x:c r="E258" s="14" t="s"/>
+      <x:c r="E258" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>554766</x:v>
+        <x:v>556425</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -17232,352 +17233,351 @@
       <x:c r="K259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>556425</x:v>
+        <x:v>608090</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>608090</x:v>
+        <x:v>496648</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H261" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>496648</x:v>
+        <x:v>511085</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>511085</x:v>
+        <x:v>605209</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
-      <x:c r="E263" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>605209</x:v>
+        <x:v>542832</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s"/>
+      <x:c r="E264" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>190</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>542832</x:v>
+        <x:v>552312</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>34441</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17647,51 +17647,51 @@
       <x:c r="M266" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>585326</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>40989</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17990,214 +17990,214 @@
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>578830</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>37641</x:v>
+        <x:v>40077</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
-      <x:c r="E273" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>35011</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>608612</x:v>
+        <x:v>578816</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>40077</x:v>
+        <x:v>40989</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>578816</x:v>
+        <x:v>613764</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>40989</x:v>
+        <x:v>37641</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
+      <x:c r="E275" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>35011</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>613764</x:v>
+        <x:v>608612</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -18398,100 +18398,100 @@
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>586220</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>597222</x:v>
+        <x:v>592816</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -18501,233 +18501,233 @@
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>503857</x:v>
+        <x:v>614686</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>40660</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>614704</x:v>
+        <x:v>503857</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>40660</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>592816</x:v>
+        <x:v>597222</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>614686</x:v>
+        <x:v>614704</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -18737,57 +18737,57 @@
       <x:c r="K285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>609676</x:v>
+        <x:v>556814</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>124</x:v>
@@ -18798,57 +18798,57 @@
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>556814</x:v>
+        <x:v>510918</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -18858,57 +18858,57 @@
       <x:c r="K287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>510918</x:v>
+        <x:v>609676</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
@@ -19131,51 +19131,51 @@
       <x:c r="M292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>597225</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -19355,113 +19355,113 @@
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>597449</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>41696</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>615947</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -19476,100 +19476,100 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>550758</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>589704</x:v>
+        <x:v>608378</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
@@ -19602,1532 +19602,1535 @@
       <x:c r="S300" s="14" t="n">
         <x:v>550675</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="E301" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G301" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>608378</x:v>
+        <x:v>545032</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>545032</x:v>
+        <x:v>589704</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>552024</x:v>
+        <x:v>552655</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
-      <x:c r="E304" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>535333</x:v>
+        <x:v>597216</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>35438</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>41014</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>534959</x:v>
+        <x:v>606931</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>589696</x:v>
+        <x:v>606935</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>35590</x:v>
+        <x:v>35438</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
+      <x:c r="E307" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G307" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>12554</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>592935</x:v>
+        <x:v>534959</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>40291</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
-      <x:c r="E308" s="14" t="s"/>
+      <x:c r="E308" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>498</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
-        <x:v>13286</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>580891</x:v>
+        <x:v>589696</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>38195</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
+      <x:c r="E309" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G309" s="0" t="s">
-        <x:v>498</x:v>
-[...2 lines deleted...]
-        <x:v>499</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>13229</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>576304</x:v>
+        <x:v>535333</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
-        <x:v>65</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
-      <x:c r="E310" s="14" t="s"/>
+      <x:c r="E310" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>503</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>574093</x:v>
+        <x:v>552024</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>506</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
+      <x:c r="E311" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G311" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>592415</x:v>
+        <x:v>611118</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>552655</x:v>
+        <x:v>552658</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
+      <x:c r="E313" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G313" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>597216</x:v>
+        <x:v>552659</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>502</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>36073</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>606931</x:v>
+        <x:v>503795</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>504</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
-        <x:v>36073</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>606935</x:v>
+        <x:v>505909</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>36073</x:v>
+        <x:v>38195</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
-      <x:c r="E316" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>508</x:v>
-[...1 lines deleted...]
-      <x:c r="H316" s="14" t="s"/>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="H316" s="14" t="s">
+        <x:v>510</x:v>
+      </x:c>
       <x:c r="I316" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>13229</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>503795</x:v>
+        <x:v>576304</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
-      <x:c r="E317" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G317" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H317" s="0" t="s">
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>505909</x:v>
+        <x:v>574093</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>516</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
-        <x:v>36073</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
-      <x:c r="E318" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>511</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>606934</x:v>
+        <x:v>592415</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>40291</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
-      <x:c r="E319" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>13286</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>589702</x:v>
+        <x:v>580891</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35590</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
-      <x:c r="E320" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>12554</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>611118</x:v>
+        <x:v>592935</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>552658</x:v>
+        <x:v>606934</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>36073</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>552659</x:v>
+        <x:v>589702</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>521</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35590</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>552662</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>520</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>503793</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>495442</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>616221</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -21137,118 +21140,118 @@
       <x:c r="M327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>597217</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38195</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>13229</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>576303</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>58</x:v>
@@ -21292,69 +21295,69 @@
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>596942</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -21444,75 +21447,75 @@
       <x:c r="S332" s="14" t="n">
         <x:v>550756</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>489</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>556216</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
@@ -21596,51 +21599,51 @@
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>595207</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21653,149 +21656,149 @@
       <x:c r="M336" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>597213</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>596484</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>42154</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>523152</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
@@ -21890,51 +21893,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>534975</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>36382</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>58</x:v>
@@ -21947,141 +21950,141 @@
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>534980</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>534945</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>41003</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>550741</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
@@ -22168,51 +22171,51 @@
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>597212</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>40935</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>