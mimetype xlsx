--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -209,71 +209,71 @@
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Bachelor Architecture d'Intérieur - 3ème année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Architecture d'Intérieur - Bachelor 1ère année</x:t>
   </x:si>
   <x:si>
-    <x:t>Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bachelor Architecture d'Intérieur - 3ème année</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DN MADE mention espace</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Tourrache</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur - designer</x:t>
   </x:si>
   <x:si>
     <x:t>Camondo Méditerranée</x:t>
@@ -482,80 +482,80 @@
   <x:si>
     <x:t>10/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d’intérieur designer scénographe (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d’intérieur designer scénographe (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Architecture d'intérieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer en architecture d'intérieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS étude et réalisation d'agencement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esid - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
     <x:t>Architecte d'intérieur-designer d'espace</x:t>
   </x:si>
   <x:si>
-    <x:t>Architecture d'intérieur</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Designer en architecture d'intérieur blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>RC Forma</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
@@ -644,65 +644,65 @@
   <x:si>
     <x:t>Rénovation urbaine</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme d'État d'architecte</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur-designer</x:t>
   </x:si>
   <x:si>
     <x:t>École Supérieure de Design Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure de design, d'arts appliqués et de communication - ESD</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>Ecole de Condé - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mjm Graphic Design Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2023 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole de Condé - Antenne Marseille</x:t>
+    <x:t>décorateur d'intérieur et aménagement d'espace</x:t>
   </x:si>
   <x:si>
     <x:t>MJM Graphic Design</x:t>
   </x:si>
   <x:si>
-    <x:t>décorateur d'intérieur et aménagement d'espace</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cuisine salle de bains</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>directeur artistique produit</x:t>
   </x:si>
   <x:si>
     <x:t>Esthétique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>SketchUp Pro DAO 3D et rendu photoréaliste</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel SketchUp</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE</x:t>
@@ -905,90 +905,90 @@
   <x:si>
     <x:t>Bachelor Européen Design d'intérieur</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Modules théoriques</x:t>
   </x:si>
   <x:si>
     <x:t>Cafedanse</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Arts Appliqués</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>École supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole supérieure d'art d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte d'intérieur - designer spécialisation architecte d'intérieur-maître d'oeuvre (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1674,100 +1674,100 @@
       <x:c r="K4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>609665</x:v>
+        <x:v>616467</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>616467</x:v>
+        <x:v>609665</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>36941</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -2717,51 +2717,51 @@
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>587086</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
@@ -3387,503 +3387,505 @@
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>522299</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>37801</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s"/>
+      <x:c r="E36" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>600686</x:v>
+        <x:v>601678</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38022</x:v>
+        <x:v>37801</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
-      <x:c r="E37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>601678</x:v>
+        <x:v>600686</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>93</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>85</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>508291</x:v>
+        <x:v>588506</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>40158</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
+      <x:c r="E39" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592491</x:v>
+        <x:v>601677</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
-      <x:c r="E40" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22212</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>601677</x:v>
+        <x:v>590160</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="C41" s="3" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="n">
+        <x:v>38383</x:v>
+      </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="J41" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>588506</x:v>
+        <x:v>557538</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38022</x:v>
+        <x:v>40158</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>22212</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>590160</x:v>
+        <x:v>592491</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38383</x:v>
+        <x:v>37842</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>22454</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>557538</x:v>
+        <x:v>508291</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
@@ -4293,51 +4295,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>587444</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
@@ -4350,51 +4352,51 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>533833</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45015</x:v>
@@ -4404,51 +4406,51 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>599455</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38012</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
@@ -5124,325 +5126,324 @@
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>596983</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>34993</x:v>
+        <x:v>37801</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>490772</x:v>
+        <x:v>522288</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>131</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37801</x:v>
+        <x:v>34993</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>522288</x:v>
+        <x:v>490772</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>41112</x:v>
+        <x:v>40869</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22408</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>615936</x:v>
+        <x:v>592815</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>40869</x:v>
+        <x:v>37801</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>22408</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>592815</x:v>
+        <x:v>516314</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>37801</x:v>
+        <x:v>41112</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>516314</x:v>
+        <x:v>615936</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37801</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5554,100 +5555,100 @@
       <x:c r="L74" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>587034</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>22252</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>587084</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
@@ -5721,99 +5722,99 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>594228</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>557536</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>111</x:v>
@@ -5829,99 +5830,99 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>542880</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>557540</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>111</x:v>
@@ -6326,51 +6327,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>595568</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22212</x:v>
@@ -6380,51 +6381,51 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>547242</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
@@ -6950,51 +6951,51 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>554117</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
@@ -7061,51 +7062,51 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597470</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7169,51 +7170,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>597128</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>34456</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -7282,51 +7283,51 @@
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>547213</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
@@ -7339,51 +7340,51 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>597163</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40158</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>67</x:v>
@@ -7738,51 +7739,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>596982</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38022</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -8186,893 +8187,892 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>509359</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>71</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="H122" s="14" t="s"/>
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H122" s="14" t="s">
+        <x:v>254</x:v>
+      </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>45054</x:v>
+        <x:v>45027</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>595942</x:v>
+        <x:v>523316</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38022</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>554152</x:v>
+        <x:v>595942</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>37648</x:v>
+        <x:v>37842</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>549729</x:v>
+        <x:v>597150</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>37842</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
+      <x:c r="E125" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>597150</x:v>
+        <x:v>554152</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>34456</x:v>
+        <x:v>37648</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>547210</x:v>
+        <x:v>549729</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>37842</x:v>
+        <x:v>34456</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>547212</x:v>
+        <x:v>547210</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38022</x:v>
+        <x:v>37842</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>22212</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>547243</x:v>
+        <x:v>547212</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>36752</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>45054</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>595529</x:v>
+        <x:v>547243</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37648</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>45015</x:v>
+        <x:v>45054</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>581535</x:v>
+        <x:v>595529</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>34456</x:v>
+        <x:v>37648</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
-      <x:c r="E131" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45015</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>534937</x:v>
+        <x:v>578883</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>284</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38383</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22454</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>611105</x:v>
+        <x:v>550700</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>38022</x:v>
+        <x:v>37648</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
-      <x:c r="E133" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>22212</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>601655</x:v>
+        <x:v>581535</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>288</x:v>
-[...1 lines deleted...]
-      <x:c r="C134" s="15" t="s"/>
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C134" s="15" t="n">
+        <x:v>34456</x:v>
+      </x:c>
       <x:c r="D134" s="15" t="s"/>
-      <x:c r="E134" s="14" t="s"/>
+      <x:c r="E134" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>253</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>239</x:v>
-[...1 lines deleted...]
-      <x:c r="J134" s="14" t="s"/>
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="J134" s="14" t="s">
+        <x:v>38</x:v>
+      </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>45027</x:v>
+        <x:v>45015</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>523316</x:v>
+        <x:v>534937</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="U134" s="16" t="s">
         <x:v>289</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>37648</x:v>
+        <x:v>38383</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>45015</x:v>
+        <x:v>22454</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>578883</x:v>
+        <x:v>611105</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>38383</x:v>
+        <x:v>38022</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
-        <x:v>22454</x:v>
+        <x:v>22212</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>550700</x:v>
+        <x:v>601655</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>