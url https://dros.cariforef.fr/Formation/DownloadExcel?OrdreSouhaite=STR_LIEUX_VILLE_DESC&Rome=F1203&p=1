--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -248,96 +248,96 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecir Apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13370</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Résolution problème</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>OPCO</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conception</x:t>
   </x:si>
   <x:si>
     <x:t>Estp - Grande Ecole d'Ingénieurs de la Construction</x:t>
   </x:si>
   <x:si>
     <x:t>94230</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1448,216 +1448,216 @@
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>592218</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>38058</x:v>
+        <x:v>39555</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>448148</x:v>
+        <x:v>550435</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39555</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>550435</x:v>
+        <x:v>543394</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>39555</x:v>
+        <x:v>38058</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>543394</x:v>
+        <x:v>448148</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40449</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>