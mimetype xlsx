--- v0 (2025-12-18)
+++ v1 (2026-02-05)
@@ -212,80 +212,80 @@
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conception</x:t>
@@ -296,63 +296,63 @@
   <x:si>
     <x:t>94230</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure d'Arts et Métiers - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics en partenariat avec l'AFITP PACA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -982,51 +982,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>592220</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
@@ -1039,51 +1039,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592219</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1318,51 +1318,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>577560</x:v>
+        <x:v>577561</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
@@ -1377,51 +1377,51 @@
       <x:c r="K10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>577561</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1566,158 +1566,158 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>550435</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38058</x:v>
+        <x:v>39555</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>448148</x:v>
+        <x:v>543394</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39555</x:v>
+        <x:v>38058</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>543394</x:v>
+        <x:v>448148</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 