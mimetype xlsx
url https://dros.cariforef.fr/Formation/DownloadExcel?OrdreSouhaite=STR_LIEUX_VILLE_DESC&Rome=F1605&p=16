--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -227,80 +227,80 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Immotique</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation électrique H1 exécutant électricien, haute tension</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Athéna Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>permanente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation électrique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROGNAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation électrique B2 chargé de travaux, basse tension</x:t>
   </x:si>
   <x:si>
-    <x:t>Athéna Formation Conseil</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -317,65 +317,65 @@
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - H1 - B2 - H2</x:t>
   </x:si>
   <x:si>
     <x:t>News Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B1 - B2 - BC - BR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ei Groupe - Antenne Miramas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitations électriques B1 - B2 - BC - BR</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Eclipse - Istec</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Pierre et Marie Curie</x:t>
   </x:si>
   <x:si>
     <x:t>06500</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>LPTR de L'Estaque</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
@@ -629,68 +629,68 @@
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel monteur de réseaux électriques aéro-souterrains (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de la Construction des Infrastructures et Réseaux - Ecir Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFTP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel monteur de réseaux électriques aéro-souterrains (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Concept Sécurité Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>LES PENNES-MIRABEAU</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1 - B2 - BR - BC - Recyclage</x:t>
@@ -860,62 +860,62 @@
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
+    <x:t>10/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/21/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Alfred Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
@@ -1037,72 +1037,72 @@
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation de formateur habilitation électrique, niveau électricien basse et haute tension BP - BE- BS -B1 - B1V - B2 - B2V - BC - BR - HE - H0 - H1 - H2 - HC</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien B0 - BP - BS - BE - B1 - B1V - B2 - B2V - BC - BR - BE Essai - H0 - H0V + Habilitation électrique BC chargé de consignation, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1954,51 +1954,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>609349</x:v>
+        <x:v>609324</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>54</x:v>
@@ -2009,51 +2009,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>609324</x:v>
+        <x:v>609349</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -2349,204 +2349,204 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>535426</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>592990</x:v>
+        <x:v>609116</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>83</x:v>
-[...1 lines deleted...]
-      <x:c r="C16" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C16" s="15" t="n">
+        <x:v>38401</x:v>
+      </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>609112</x:v>
+        <x:v>592990</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>609116</x:v>
+        <x:v>609112</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -2624,221 +2624,219 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592994</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>606820</x:v>
+        <x:v>606819</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
-      <x:c r="E21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>24229</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>609540</x:v>
+        <x:v>606820</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="C22" s="15" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C22" s="15" t="n">
+        <x:v>37443</x:v>
+      </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>93</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24229</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>606819</x:v>
+        <x:v>609540</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
@@ -4126,57 +4124,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>548362</x:v>
+        <x:v>604036</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4185,175 +4183,173 @@
       <x:c r="K46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>604036</x:v>
+        <x:v>548362</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>37235</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
-        <x:v>117</x:v>
-[...2 lines deleted...]
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>24086</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>558850</x:v>
+        <x:v>548346</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>37235</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24086</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>556738</x:v>
+        <x:v>558850</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4374,96 +4370,98 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>503611</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>138</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>137</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>548346</x:v>
+        <x:v>556738</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
@@ -4605,270 +4603,270 @@
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>605707</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>38401</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s"/>
+      <x:c r="E54" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>159</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s"/>
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>565304</x:v>
+        <x:v>550276</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
+      <x:c r="E55" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>592974</x:v>
+        <x:v>609475</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>154</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>550276</x:v>
+        <x:v>565304</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
-      <x:c r="E57" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G57" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>609475</x:v>
+        <x:v>592974</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>154</x:v>
@@ -4896,284 +4894,282 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>501026</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
-      <x:c r="E59" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>98</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>507315</x:v>
+        <x:v>592993</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>162</x:v>
-[...1 lines deleted...]
-      <x:c r="H60" s="14" t="s"/>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>592993</x:v>
+        <x:v>507315</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>547080</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>498685</x:v>
+        <x:v>600502</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -5183,178 +5179,178 @@
       <x:c r="K63" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600487</x:v>
+        <x:v>547080</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>498716</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>600502</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5597,395 +5593,395 @@
       <x:c r="K70" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>547599</x:v>
+        <x:v>605947</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>494754</x:v>
+        <x:v>557473</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>605947</x:v>
+        <x:v>557474</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>557473</x:v>
+        <x:v>493585</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>557474</x:v>
+        <x:v>543642</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
+      <x:c r="E75" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>493585</x:v>
+        <x:v>547599</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
-      <x:c r="E76" s="14" t="s"/>
+      <x:c r="E76" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>543642</x:v>
+        <x:v>494754</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -5995,247 +5991,247 @@
       <x:c r="K77" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>602148</x:v>
+        <x:v>550431</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35828</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>498977</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="U78" s="16" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
-        <x:v>35828</x:v>
+        <x:v>37235</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>546182</x:v>
+        <x:v>602148</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>37235</x:v>
+        <x:v>35828</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24086</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>550431</x:v>
+        <x:v>546182</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
@@ -6243,51 +6239,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>598204</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
@@ -6504,111 +6500,111 @@
       <x:c r="K86" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>503526</x:v>
+        <x:v>603965</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>548313</x:v>
+        <x:v>603966</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
@@ -6620,114 +6616,114 @@
       <x:c r="K88" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>548320</x:v>
+        <x:v>503526</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>603965</x:v>
+        <x:v>548313</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6736,54 +6732,54 @@
       <x:c r="K90" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>603966</x:v>
+        <x:v>548320</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -7030,57 +7026,57 @@
       <x:c r="K95" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>600501</x:v>
+        <x:v>547098</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>166</x:v>
@@ -7091,57 +7087,57 @@
       <x:c r="K96" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>547098</x:v>
+        <x:v>600501</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -7904,57 +7900,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>502046</x:v>
+        <x:v>552859</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -7964,57 +7960,57 @@
       <x:c r="K111" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>552859</x:v>
+        <x:v>502046</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8259,159 +8255,160 @@
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>557470</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
+      <x:c r="E117" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>592981</x:v>
+        <x:v>547598</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
-      <x:c r="E118" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>547598</x:v>
+        <x:v>592981</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -8662,218 +8659,216 @@
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>502307</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>176</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>241</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>583755</x:v>
+        <x:v>604743</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
-      <x:c r="E125" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>240</x:v>
-[...2 lines deleted...]
-        <x:v>241</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>604743</x:v>
+        <x:v>557469</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s"/>
-      <x:c r="F126" s="14" t="s"/>
+      <x:c r="E126" s="14" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F126" s="14" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="G126" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>557469</x:v>
+        <x:v>583755</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
@@ -8903,158 +8898,158 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>502271</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>604710</x:v>
+        <x:v>604744</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>604744</x:v>
+        <x:v>604710</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
@@ -9238,51 +9233,51 @@
       <x:c r="K133" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>494742</x:v>
+        <x:v>574155</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
@@ -9298,228 +9293,230 @@
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>557450</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>268</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>574155</x:v>
+        <x:v>583801</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
-        <x:v>111</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>267</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>583801</x:v>
+        <x:v>556506</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>556506</x:v>
+        <x:v>494742</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9795,432 +9792,434 @@
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>552727</x:v>
+        <x:v>607554</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>501938</x:v>
+        <x:v>552727</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>548268</x:v>
+        <x:v>501938</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>507321</x:v>
+        <x:v>548268</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="H147" s="0" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>503322</x:v>
+        <x:v>609585</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>98</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>556826</x:v>
+        <x:v>603323</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>609585</x:v>
+        <x:v>611487</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
@@ -10229,117 +10228,117 @@
       <x:c r="K150" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>603323</x:v>
+        <x:v>503322</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>40033</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>611487</x:v>
+        <x:v>507321</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
@@ -10362,164 +10361,164 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>548269</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>30117</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>558162</x:v>
+        <x:v>556826</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>552769</x:v>
+        <x:v>558162</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -10529,57 +10528,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>607554</x:v>
+        <x:v>552769</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -10994,57 +10993,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>603267</x:v>
+        <x:v>503691</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11053,114 +11052,114 @@
       <x:c r="K164" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>603268</x:v>
+        <x:v>603267</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>503691</x:v>
+        <x:v>603268</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>44</x:v>
@@ -11283,51 +11282,51 @@
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>599555</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11450,173 +11449,173 @@
       <x:c r="K171" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>603183</x:v>
+        <x:v>503223</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>603194</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>503223</x:v>
+        <x:v>603194</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -11911,370 +11910,370 @@
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>315</x:v>
-[...1 lines deleted...]
-      <x:c r="C180" s="15" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C180" s="15" t="n">
+        <x:v>38880</x:v>
+      </x:c>
       <x:c r="D180" s="15" t="s"/>
-      <x:c r="E180" s="14" t="s"/>
+      <x:c r="E180" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597960</x:v>
+        <x:v>603118</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597961</x:v>
+        <x:v>597960</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
-        <x:v>24066</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>548410</x:v>
+        <x:v>597961</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>548411</x:v>
+        <x:v>548410</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>603118</x:v>
+        <x:v>548411</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>503109</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
@@ -12289,51 +12288,51 @@
         <x:v>138</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>603130</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
@@ -12346,389 +12345,388 @@
       <x:c r="G187" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>603131</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>597959</x:v>
+        <x:v>597952</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="U188" s="16" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>141</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
-      <x:c r="E189" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G189" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>24066</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>548397</x:v>
+        <x:v>597955</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>597952</x:v>
+        <x:v>597962</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>597955</x:v>
+        <x:v>597959</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
-        <x:v>40</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>315</x:v>
-[...1 lines deleted...]
-      <x:c r="C192" s="15" t="s"/>
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C192" s="15" t="n">
+        <x:v>38880</x:v>
+      </x:c>
       <x:c r="D192" s="15" t="s"/>
-      <x:c r="E192" s="14" t="s"/>
+      <x:c r="E192" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>24066</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>597962</x:v>
+        <x:v>548397</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>597953</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>55</x:v>
@@ -12739,96 +12737,96 @@
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>597956</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>503150</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>