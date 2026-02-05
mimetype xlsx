--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -797,65 +797,65 @@
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre en bâtiment BC2 Réaliser des travaux de peinture à l'intérieur de bâtiments en qualité de finition B</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée René Caillé</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation peinture décoration (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Enduit maçonnerie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les bases de la peinture interieure</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat de spécialisation peinture décoration (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel peintre en bâtiment BC3 Réaliser des travaux de revêtements muraux simples, à l'intérieur de bâtiments, en qualité de finition B</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension, Habilitation électrique B2V chargé de travaux électriques au voisinage, basse tension, Habilitation électrique BC chargé de consignation, basse tension, Habilitation é</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026 00:00:00</x:t>
@@ -908,189 +908,189 @@
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARIGNANE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques BE - BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Concept Sécurité Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES PENNES-MIRABEAU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques BE - BS - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2. Habilitation électrique : Opérations d'ordre électrique simples et manoeuvres BS-BE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE MUY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4. Habilitation électrique : Recyclage du personnel - Opérations d'ordre électrique simples et manoeuvres BS et/ou BE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5. Habilitation électrique : Personnel électricien B1V-B2V-BR-BC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET-DES-MAURES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
-  </x:si>
-[...130 lines deleted...]
-    <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>LP Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Europe Formation Conseil</x:t>
   </x:si>
@@ -6470,193 +6470,195 @@
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>556736</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="C83" s="3" t="s"/>
+      <x:c r="C83" s="3" t="n">
+        <x:v>38711</x:v>
+      </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="J83" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>22480</x:v>
+        <x:v>22301</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>615577</x:v>
+        <x:v>604044</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>245</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>232</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22301</x:v>
+        <x:v>22480</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>604044</x:v>
+        <x:v>615577</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38711</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>548393</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
@@ -7551,85 +7553,87 @@
         <x:v>600513</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>548340</x:v>
+        <x:v>547111</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -7645,1742 +7649,1737 @@
       <x:c r="K103" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>547111</x:v>
+        <x:v>498734</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
-        <x:v>175</x:v>
-[...1 lines deleted...]
-      <x:c r="F104" s="14" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F104" s="14" t="s">
+        <x:v>280</x:v>
+      </x:c>
       <x:c r="G104" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>498734</x:v>
+        <x:v>583915</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>162</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
-      <x:c r="E105" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>284</x:v>
-[...1 lines deleted...]
-      <x:c r="H105" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="I105" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K105" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="L105" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="M105" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N105" s="3" t="n">
+        <x:v>24049</x:v>
+      </x:c>
+      <x:c r="O105" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P105" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="R105" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="I105" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>583915</x:v>
+        <x:v>610878</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>610878</x:v>
+        <x:v>598192</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>598192</x:v>
+        <x:v>598197</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>598197</x:v>
+        <x:v>598195</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>598195</x:v>
+        <x:v>598201</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>598201</x:v>
+        <x:v>598194</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>598194</x:v>
+        <x:v>598198</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>290</x:v>
-[...1 lines deleted...]
-      <x:c r="H112" s="14" t="s"/>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
+        <x:v>299</x:v>
+      </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>598198</x:v>
+        <x:v>606220</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="Q113" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R113" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="Q113" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>606220</x:v>
+        <x:v>606223</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="Q114" s="16" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R114" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="Q114" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>606223</x:v>
+        <x:v>606213</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>606213</x:v>
+        <x:v>601095</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>85</x:v>
-[...1 lines deleted...]
-      <x:c r="C116" s="15" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D116" s="15" t="s"/>
-      <x:c r="E116" s="14" t="s"/>
+      <x:c r="E116" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>86</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>601095</x:v>
+        <x:v>609385</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="Q117" s="4" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="R117" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="S117" s="0" t="n">
+        <x:v>498611</x:v>
+      </x:c>
+      <x:c r="T117" s="4" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="U117" s="4" t="s">
         <x:v>312</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="R118" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="S118" s="14" t="n">
+        <x:v>455021</x:v>
+      </x:c>
+      <x:c r="T118" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="R118" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>455021</x:v>
+        <x:v>548830</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>173</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>174</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>309</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>548830</x:v>
+        <x:v>614244</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="H121" s="0" t="s">
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="Q121" s="4" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="R121" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="S121" s="0" t="n">
+        <x:v>614257</x:v>
+      </x:c>
+      <x:c r="T121" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
-      <x:c r="Q121" s="4" t="s">
+      <x:c r="U121" s="4" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>614257</x:v>
+        <x:v>614259</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="S123" s="0" t="n">
+        <x:v>606225</x:v>
+      </x:c>
+      <x:c r="T123" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="S123" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="S124" s="14" t="n">
+        <x:v>600385</x:v>
+      </x:c>
+      <x:c r="T124" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U124" s="16" t="s">
         <x:v>321</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>600385</x:v>
+        <x:v>606212</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>606212</x:v>
+        <x:v>614255</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>614255</x:v>
+        <x:v>610933</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>610933</x:v>
+        <x:v>610935</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>610935</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>306</x:v>
-[...1 lines deleted...]
-      <x:c r="C130" s="15" t="s"/>
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C130" s="15" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s"/>
+      <x:c r="E130" s="14" t="s">
+        <x:v>175</x:v>
+      </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>301</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>610931</x:v>
+        <x:v>503570</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>503570</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>604010</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>548339</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -9389,57 +9388,57 @@
         <x:v>231</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>604009</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -9477,175 +9476,175 @@
         <x:v>592933</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>611538</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>565100</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -10160,214 +10159,214 @@
         <x:v>604248</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>455022</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>548832</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>498615</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
@@ -10769,51 +10768,51 @@
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>585376</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
@@ -10823,51 +10822,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>585387</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -10880,51 +10879,51 @@
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>585389</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
@@ -10934,51 +10933,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>585395</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -10991,51 +10990,51 @@
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>585399</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
@@ -11045,51 +11044,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>585402</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -11102,51 +11101,51 @@
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>585404</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
@@ -11156,51 +11155,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>585380</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
@@ -11213,51 +11212,51 @@
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>585391</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
@@ -11267,108 +11266,108 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>585398</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>585400</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -11378,51 +11377,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>585378</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
@@ -11435,51 +11434,51 @@
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>585393</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
@@ -11489,108 +11488,108 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>585379</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>585381</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -11600,51 +11599,51 @@
         <x:v>37476</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>537547</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
@@ -11657,51 +11656,51 @@
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>585394</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
@@ -11711,51 +11710,51 @@
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>585403</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11768,105 +11767,105 @@
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>585388</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>585392</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -11879,51 +11878,51 @@
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>585401</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
@@ -11957,51 +11956,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>612977</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
@@ -12264,214 +12263,214 @@
       <x:c r="S184" s="14" t="n">
         <x:v>604763</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>498619</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>548833</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>455023</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
@@ -12490,51 +12489,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>606814</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
@@ -12542,51 +12541,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>615138</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
@@ -12597,51 +12596,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>615145</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
@@ -12678,51 +12677,51 @@
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>573313</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
@@ -12730,51 +12729,51 @@
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>573327</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
@@ -12785,51 +12784,51 @@
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>614843</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
@@ -12944,51 +12943,51 @@
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>614824</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
@@ -13051,106 +13050,106 @@
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>573316</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>573326</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
@@ -13233,88 +13232,88 @@
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>614875</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>573314</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13325,51 +13324,51 @@
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>573317</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
@@ -13609,51 +13608,51 @@
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>614820</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
@@ -13664,51 +13663,51 @@
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>614842</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
@@ -13716,51 +13715,51 @@
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>573312</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -13771,51 +13770,51 @@
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>573315</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
@@ -14918,93 +14917,93 @@
       <x:c r="S232" s="14" t="n">
         <x:v>597892</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>498607</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
@@ -15033,154 +15032,154 @@
       <x:c r="S234" s="14" t="n">
         <x:v>609981</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>455020</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>548829</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
@@ -16469,51 +16468,51 @@
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>597941</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
@@ -16576,51 +16575,51 @@
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>597952</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>