--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -455,80 +455,83 @@
   <x:si>
     <x:t>Fabriquer un ensemble chaudronné courant - Bloc de compétences du titre professionnel Technicien en chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en chaudronnerie</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien en chaudronnerie (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Marseille 11ème</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
@@ -636,53 +639,50 @@
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Tuyauterie</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>LP Galliéni Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
@@ -2269,97 +2269,99 @@
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>547830</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>588513</x:v>
+        <x:v>602312</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -2383,99 +2385,97 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>547817</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>602312</x:v>
+        <x:v>588513</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -3762,159 +3762,160 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>540865</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>493114</x:v>
+        <x:v>581434</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>581434</x:v>
+        <x:v>493114</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -4454,3362 +4455,3363 @@
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>575481</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>40801</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>606570</x:v>
+        <x:v>500955</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38727</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22478</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>503588</x:v>
+        <x:v>606570</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>34858</x:v>
+        <x:v>38727</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>121</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22478</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>553931</x:v>
+        <x:v>503588</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>34858</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>585525</x:v>
+        <x:v>553931</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>509805</x:v>
+        <x:v>585525</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>597741</x:v>
+        <x:v>509805</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>541906</x:v>
+        <x:v>597741</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>604335</x:v>
+        <x:v>541906</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>541902</x:v>
+        <x:v>604335</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>554809</x:v>
+        <x:v>541902</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="I68" s="16" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J68" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="K68" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L68" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M68" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N68" s="15" t="n">
+        <x:v>22387</x:v>
+      </x:c>
+      <x:c r="O68" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="P68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="I68" s="16" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>515634</x:v>
+        <x:v>554809</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>547695</x:v>
+        <x:v>515634</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>509245</x:v>
+        <x:v>547695</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="I71" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J71" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K71" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L71" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M71" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N71" s="3" t="n">
+        <x:v>23083</x:v>
+      </x:c>
+      <x:c r="O71" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P71" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="I71" s="4" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>515650</x:v>
+        <x:v>509245</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>556768</x:v>
+        <x:v>515650</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>509240</x:v>
+        <x:v>556768</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>547727</x:v>
+        <x:v>509240</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
-      <x:c r="E75" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G75" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="K75" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="L75" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M75" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N75" s="3" t="n">
+        <x:v>23083</x:v>
+      </x:c>
+      <x:c r="O75" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P75" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="I75" s="4" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>604331</x:v>
+        <x:v>558626</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>572447</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G77" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>588552</x:v>
+        <x:v>604331</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>554810</x:v>
+        <x:v>572447</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>588551</x:v>
+        <x:v>588552</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>558626</x:v>
+        <x:v>554810</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>588551</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>515652</x:v>
+        <x:v>547727</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
+      <x:c r="E83" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G83" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="H83" s="0" t="s">
+        <x:v>146</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>595772</x:v>
+        <x:v>515652</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>593087</x:v>
+        <x:v>595772</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>595526</x:v>
+        <x:v>593087</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>594144</x:v>
+        <x:v>595526</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>595680</x:v>
+        <x:v>594144</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>595770</x:v>
+        <x:v>595680</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="Q89" s="4" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R89" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="Q89" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>550207</x:v>
+        <x:v>595770</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>553205</x:v>
+        <x:v>550207</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38568</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H91" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>595522</x:v>
+        <x:v>553205</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>595677</x:v>
+        <x:v>595522</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>605690</x:v>
+        <x:v>595677</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="I94" s="16" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="J94" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="K94" s="14" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="L94" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="M94" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="N94" s="15" t="n">
+        <x:v>23083</x:v>
+      </x:c>
+      <x:c r="O94" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P94" s="14" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="Q94" s="16" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="R94" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="H94" s="14" t="s">
-[...31 lines deleted...]
-      </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>580004</x:v>
+        <x:v>605690</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
-      <x:c r="E95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>550206</x:v>
+        <x:v>580004</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>451219</x:v>
+        <x:v>550206</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>500951</x:v>
+        <x:v>451219</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>605643</x:v>
+        <x:v>500951</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>550243</x:v>
+        <x:v>605643</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>502162</x:v>
+        <x:v>550243</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>605644</x:v>
+        <x:v>502162</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>500959</x:v>
+        <x:v>605644</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38337</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>500989</x:v>
+        <x:v>500959</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38432</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22871</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>604169</x:v>
+        <x:v>500989</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38337</x:v>
+        <x:v>38432</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22387</x:v>
+        <x:v>22871</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>595769</x:v>
+        <x:v>604169</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>179</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>38337</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>123</x:v>
-[...1 lines deleted...]
-      <x:c r="J106" s="14" t="s"/>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="J106" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>23084</x:v>
+        <x:v>22387</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>574356</x:v>
+        <x:v>595769</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>574348</x:v>
+        <x:v>574356</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>574355</x:v>
+        <x:v>574348</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="U108" s="16" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>574347</x:v>
+        <x:v>574355</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>566340</x:v>
+        <x:v>574347</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="U110" s="16" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23084</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>566397</x:v>
+        <x:v>566340</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>38</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>60</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>23083</x:v>
+        <x:v>23084</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="S112" s="14" t="n">
+        <x:v>566397</x:v>
+      </x:c>
+      <x:c r="T112" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U112" s="16" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40801</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>605737</x:v>
+        <x:v>550242</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38337</x:v>
+        <x:v>40801</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>22387</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>500955</x:v>
+        <x:v>605737</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -7819,51 +7821,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>605642</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7880,51 +7882,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>500971</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40801</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -7940,51 +7942,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>605736</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8001,51 +8003,51 @@
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>550208</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8061,51 +8063,51 @@
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>550209</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8122,99 +8124,99 @@
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>605641</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="I121" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>616024</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38337</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8231,217 +8233,214 @@
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>22387</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>451217</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>37405</x:v>
+        <x:v>38568</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>82</x:v>
-[...2 lines deleted...]
-        <x:v>83</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>23083</x:v>
+        <x:v>23026</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>35</x:v>
-[...2 lines deleted...]
-        <x:v>82</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>605689</x:v>
+        <x:v>616023</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38568</x:v>
+        <x:v>37405</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>171</x:v>
-[...1 lines deleted...]
-      <x:c r="H124" s="14" t="s"/>
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>23026</x:v>
+        <x:v>23083</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="P124" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="P124" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>616023</x:v>
+        <x:v>605689</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38568</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>616021</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8458,51 +8457,51 @@
       <x:c r="J126" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>500988</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>39514</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
@@ -8694,51 +8693,51 @@
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>22478</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>503333</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38727</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>