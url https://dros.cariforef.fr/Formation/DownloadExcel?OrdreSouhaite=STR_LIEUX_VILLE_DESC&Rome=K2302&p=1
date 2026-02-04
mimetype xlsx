--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -248,132 +248,132 @@
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Méthode physico-chimique analyse</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité génie biologique parcours sciences de l'environnement et écotechnologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Univ. de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE DE TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
@@ -1189,155 +1189,157 @@
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>607273</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>581591</x:v>
+        <x:v>592320</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
+      <x:c r="E7" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592320</x:v>
+        <x:v>581591</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>66</x:v>
@@ -1358,51 +1360,51 @@
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>605100</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1528,114 +1530,114 @@
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>602526</x:v>
+        <x:v>556142</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>596698</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -1645,65 +1647,65 @@
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>556142</x:v>
+        <x:v>602526</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -1715,100 +1717,100 @@
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>575964</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35370</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>596699</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39944</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
@@ -1820,51 +1822,51 @@
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12570</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>601752</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -1885,103 +1887,103 @@
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>575962</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35516</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>596685</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>