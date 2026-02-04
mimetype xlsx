--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -8129,523 +8129,523 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>588293</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>586207</x:v>
+        <x:v>587160</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>537148</x:v>
+        <x:v>589584</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>45082</x:v>
+        <x:v>45083</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>587160</x:v>
+        <x:v>535797</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>45083</x:v>
+        <x:v>45082</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>589584</x:v>
+        <x:v>536111</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>535797</x:v>
+        <x:v>580591</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>536111</x:v>
+        <x:v>602962</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>580591</x:v>
+        <x:v>615163</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>45082</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>602962</x:v>
+        <x:v>586207</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>45083</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>615163</x:v>
+        <x:v>537148</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">