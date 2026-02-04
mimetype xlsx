--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -869,60 +869,60 @@
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Ynov Campus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bachelor Audiovisuel - 1ère année</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère cinéma d'animation 2D</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>ICA</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>réalisateur animation 3D</x:t>
   </x:si>
@@ -5379,310 +5379,312 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>592098</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="n">
+        <x:v>40666</x:v>
+      </x:c>
+      <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="s"/>
-[...1 lines deleted...]
-      <x:c r="G73" s="0" t="s">
+      <x:c r="I73" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="I73" s="4" t="s">
-        <x:v>268</x:v>
+      <x:c r="J73" s="0" t="s">
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
+      <x:c r="R73" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="R73" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>570059</x:v>
+        <x:v>604935</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>40</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
-        <x:v>268</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
+      <x:c r="R74" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="R74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>604935</x:v>
+        <x:v>570059</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R75" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>528765</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q76" s="16" t="s">
+      <x:c r="R76" s="14" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>549743</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="I77" s="4" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
+      <x:c r="R77" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592819</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39861</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
@@ -5695,105 +5697,105 @@
       <x:c r="J78" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>592302</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>39557</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>268</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="R79" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592182</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>