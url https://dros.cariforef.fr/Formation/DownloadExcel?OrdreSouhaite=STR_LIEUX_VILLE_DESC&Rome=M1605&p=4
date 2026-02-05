--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -203,65 +203,65 @@
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Secrétariat assistanat commercial</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Assistant d'administration commerciale (TPE/PME)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistant d'administration commerciale (TPE/PME)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft 365 Maîtrise complète</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
@@ -380,86 +380,86 @@
   <x:si>
     <x:t>licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention économie et gestion parcours management général</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention économie et gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention économie et gestion parcours management général</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Bachelor en sciences du management - diplôme d'études supérieures en management international des entreprises – Global BBA</x:t>
   </x:si>
   <x:si>
     <x:t>SKEMA BS</x:t>
   </x:si>
   <x:si>
     <x:t>06902</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
@@ -500,74 +500,74 @@
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
+    <x:t>Bureautique Microsoft avec l'intelligence artificielle (IA) intégrée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sun Design</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Lycée Guillaume Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation travail</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique pour les débutants : Windows + Internet + Office</x:t>
@@ -629,65 +629,65 @@
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>MONTAUROUX</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention gestion parcours commerce, vente, marketing option marketing digital (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention gestion (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-15e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours comptabilité, contrôle, audit (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention gestion parcours commerce, vente, marketing option marketing digital (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention gestion parcours gestion des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro management et gestion des organisations parcours management de PME-PMI</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
@@ -806,74 +806,74 @@
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Powerpoint - Perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel PowerPoint</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce et développement international en partenariat avec l'EMD Marseille (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
@@ -959,62 +959,62 @@
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC02 Assurer la comptabilité générale d’une entreprise artisanale – TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise artisanale</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC05 Définir sa stratégie commerciale et son marketing digital</x:t>
@@ -1223,135 +1223,135 @@
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom'Art</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
-    <x:t>AVIGNON</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence Droit Économie Gestion, mention gestion parcours gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours administration des institutions culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Commerce Vente et Marketing Digital</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
-    <x:t>13090</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Powerpoint - Niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>3d Ingénierie Systèmes</x:t>
   </x:si>
   <x:si>
     <x:t>3DIS</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence Professionnelle Comptabilité et Paie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Traitement paie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Access - perfectionnement</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Access</x:t>
   </x:si>
   <x:si>
     <x:t>Powerpoint - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -2006,153 +2006,154 @@
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>601780</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
-      <x:c r="E4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>601782</x:v>
+        <x:v>567187</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
+      <x:c r="E5" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>567187</x:v>
+        <x:v>601782</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
@@ -2232,51 +2233,51 @@
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>552160</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>40</x:v>
@@ -2595,194 +2596,194 @@
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>614944</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>615544</x:v>
+        <x:v>614913</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>614913</x:v>
+        <x:v>614915</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>614915</x:v>
+        <x:v>615544</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
@@ -3362,334 +3363,336 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>604929</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="B29" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>558338</x:v>
+        <x:v>581203</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>106</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>581203</x:v>
+        <x:v>591975</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>40290</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
+      <x:c r="E31" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591975</x:v>
+        <x:v>611472</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40290</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>611472</x:v>
+        <x:v>598409</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>598409</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40811</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -4576,268 +4579,268 @@
       <x:c r="M51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
+      <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="S52" s="14" t="n">
+        <x:v>616675</x:v>
+      </x:c>
+      <x:c r="T52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="S52" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>615543</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C54" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C54" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D54" s="15" t="s"/>
-      <x:c r="E54" s="14" t="s"/>
+      <x:c r="E54" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="H54" s="14" t="s"/>
+      <x:c r="H54" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J54" s="14" t="s"/>
+      <x:c r="J54" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>616675</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>87</x:v>
@@ -4845,51 +4848,51 @@
       <x:c r="J56" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605651</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -4902,51 +4905,51 @@
       <x:c r="J57" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>529159</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4955,100 +4958,100 @@
         <x:v>161</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>505820</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>586155</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
@@ -5061,100 +5064,100 @@
       <x:c r="J60" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>594201</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>566966</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5163,51 +5166,51 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>604922</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -5223,234 +5226,234 @@
       <x:c r="J63" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>500981</x:v>
+        <x:v>550231</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>147</x:v>
-[...1 lines deleted...]
-      <x:c r="C64" s="15" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C64" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D64" s="15" t="s"/>
-      <x:c r="E64" s="14" t="s"/>
+      <x:c r="E64" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s"/>
+      <x:c r="H64" s="14" t="s">
+        <x:v>149</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J64" s="14" t="s"/>
+      <x:c r="J64" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>70354</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>616676</x:v>
+        <x:v>608430</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>550231</x:v>
+        <x:v>500981</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>143</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
+      <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="J66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="S66" s="14" t="n">
+        <x:v>616676</x:v>
+      </x:c>
+      <x:c r="T66" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="S66" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -5463,51 +5466,51 @@
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>179</x:v>
@@ -5699,51 +5702,51 @@
       <x:c r="M71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -6010,165 +6013,164 @@
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>604916</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
-      <x:c r="E78" s="14" t="s"/>
+      <x:c r="E78" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>614393</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
-      <x:c r="E79" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>558138</x:v>
+        <x:v>614393</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>80</x:v>
@@ -6179,51 +6181,51 @@
       <x:c r="K80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>558137</x:v>
+        <x:v>558138</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -6253,164 +6255,164 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>558139</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>611452</x:v>
+        <x:v>611466</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>611466</x:v>
+        <x:v>611452</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6539,51 +6541,51 @@
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -6650,51 +6652,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -6704,51 +6706,51 @@
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6761,51 +6763,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -6815,51 +6817,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>80</x:v>
@@ -6876,51 +6878,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>611477</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -7056,51 +7058,51 @@
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>594202</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
@@ -7250,51 +7252,51 @@
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>584332</x:v>
+        <x:v>584329</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>240</x:v>
@@ -7303,202 +7305,202 @@
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>584333</x:v>
+        <x:v>584332</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>578065</x:v>
+        <x:v>584333</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>584329</x:v>
+        <x:v>576588</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>576588</x:v>
+        <x:v>578065</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
@@ -7700,51 +7702,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -7819,51 +7821,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -8623,160 +8625,161 @@
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>547665</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C125" s="3" t="s"/>
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>30122</x:v>
+      </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>615548</x:v>
+        <x:v>542500</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>279</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
-        <x:v>274</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>542500</x:v>
+        <x:v>615548</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
@@ -8954,105 +8957,108 @@
       <x:c r="M130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>39018</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H131" s="0" t="s">
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>595464</x:v>
+        <x:v>575662</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9188,103 +9194,100 @@
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>575667</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
-        <x:v>39018</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>193</x:v>
-[...2 lines deleted...]
-        <x:v>194</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>575662</x:v>
+        <x:v>595464</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9599,100 +9602,100 @@
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>521443</x:v>
+        <x:v>568804</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>568804</x:v>
+        <x:v>521443</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>24</x:v>
@@ -10162,51 +10165,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>35028</x:v>
@@ -10264,99 +10267,99 @@
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H155" s="0" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>581076</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -10388,267 +10391,265 @@
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>40113</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>592384</x:v>
+        <x:v>612652</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>612652</x:v>
+        <x:v>592384</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>323</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>106</x:v>
-[...2 lines deleted...]
-        <x:v>107</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>587477</x:v>
+        <x:v>604893</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C160" s="15" t="s"/>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C160" s="15" t="n">
+        <x:v>40113</x:v>
+      </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H160" s="14" t="s"/>
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s">
+        <x:v>105</x:v>
+      </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J160" s="14" t="s"/>
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="J160" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>604893</x:v>
+        <x:v>587477</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
@@ -11045,57 +11046,57 @@
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>500979</x:v>
+        <x:v>605652</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -11105,57 +11106,57 @@
       <x:c r="K169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>605652</x:v>
+        <x:v>500979</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -11274,205 +11275,207 @@
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>604920</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>571898</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>339</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>341</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>547460</x:v>
+        <x:v>615542</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C175" s="3" t="s"/>
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C175" s="3" t="n">
+        <x:v>35924</x:v>
+      </x:c>
       <x:c r="D175" s="3" t="s"/>
+      <x:c r="E175" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="J175" s="0" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>615542</x:v>
+        <x:v>547460</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>303</x:v>
@@ -12144,51 +12147,51 @@
       <x:c r="M188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -12311,51 +12314,51 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>615529</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12370,51 +12373,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>573538</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>134</x:v>
@@ -12427,51 +12430,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>573539</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12486,51 +12489,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>573540</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>134</x:v>
@@ -12543,51 +12546,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>573537</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12602,51 +12605,51 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>615825</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>134</x:v>
@@ -12659,51 +12662,51 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>615826</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12718,51 +12721,51 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>615824</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>134</x:v>
@@ -12775,51 +12778,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>615823</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12844,54 +12847,54 @@
       <x:c r="S200" s="14" t="n">
         <x:v>584624</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -13007,101 +13010,101 @@
         <x:v>604924</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>555975</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
@@ -13265,246 +13268,246 @@
       <x:c r="M208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>588204</x:v>
+        <x:v>604919</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>615541</x:v>
+        <x:v>588204</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>604919</x:v>
+        <x:v>615541</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="P212" s="14" t="s">
         <x:v>386</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>385</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>588205</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>24</x:v>
@@ -13576,378 +13579,377 @@
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>604914</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>38625</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
-      <x:c r="E215" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="Q215" s="4" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="R215" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="Q215" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>581841</x:v>
+        <x:v>595465</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>94</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
-      <x:c r="E216" s="14" t="s"/>
+      <x:c r="E216" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>595465</x:v>
+        <x:v>601739</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="Q217" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="R217" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="Q217" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>601739</x:v>
+        <x:v>581841</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="Q219" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="R219" s="0" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>615132</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
@@ -13957,932 +13959,932 @@
       <x:c r="J221" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>543674</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="Q222" s="16" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="R222" s="14" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>392</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>601740</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>38289</x:v>
+        <x:v>40113</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
-      <x:c r="E223" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>301</x:v>
-[...2 lines deleted...]
-        <x:v>302</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>553717</x:v>
+        <x:v>592387</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
-        <x:v>94</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>140</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>202</x:v>
-[...1 lines deleted...]
-      <x:c r="H224" s="14" t="s"/>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H224" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>203</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="R224" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="R224" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>592387</x:v>
+        <x:v>532829</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>402</x:v>
-[...1 lines deleted...]
-      <x:c r="C225" s="3" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C225" s="3" t="n">
+        <x:v>38289</x:v>
+      </x:c>
       <x:c r="D225" s="3" t="s"/>
+      <x:c r="E225" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="J225" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>532829</x:v>
+        <x:v>553717</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>615502</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>557456</x:v>
+        <x:v>575212</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>402</x:v>
-[...1 lines deleted...]
-      <x:c r="C228" s="15" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C228" s="15" t="n">
+        <x:v>30106</x:v>
+      </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>403</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>405</x:v>
-[...1 lines deleted...]
-      <x:c r="J228" s="14" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="J228" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>532810</x:v>
+        <x:v>598126</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
-        <x:v>403</x:v>
-[...2 lines deleted...]
-        <x:v>404</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>71632</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>534020</x:v>
+        <x:v>615499</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>403</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s"/>
       <x:c r="K230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>532853</x:v>
+        <x:v>604887</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>313</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
-      <x:c r="E231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>303</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
-        <x:v>32097</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="R231" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>605173</x:v>
+        <x:v>532810</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>393</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>328</x:v>
-[...1 lines deleted...]
-      <x:c r="H232" s="14" t="s"/>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s">
+        <x:v>404</x:v>
+      </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="J232" s="14" t="s"/>
       <x:c r="K232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>71632</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>575212</x:v>
+        <x:v>534020</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>410</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>329</x:v>
-[...2 lines deleted...]
-        <x:v>74</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
-        <x:v>32688</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>598126</x:v>
+        <x:v>532853</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>412</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C234" s="15" t="s"/>
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="C234" s="15" t="n">
+        <x:v>35924</x:v>
+      </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J234" s="14" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="J234" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>615499</x:v>
+        <x:v>557456</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C235" s="3" t="s"/>
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C235" s="3" t="n">
+        <x:v>38289</x:v>
+      </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="H235" s="0" t="s">
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="J235" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>32097</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>604887</x:v>
+        <x:v>605173</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>559908</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
@@ -14897,375 +14899,375 @@
       <x:c r="J238" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>574917</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>604886</x:v>
+        <x:v>604885</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>71632</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>534019</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>70312</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>604885</x:v>
+        <x:v>532832</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C242" s="15" t="s"/>
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C242" s="15" t="n">
+        <x:v>30106</x:v>
+      </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>24</x:v>
-[...1 lines deleted...]
-      <x:c r="J242" s="14" t="s"/>
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="J242" s="14" t="s">
+        <x:v>74</x:v>
+      </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
-        <x:v>70322</x:v>
+        <x:v>32688</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>615501</x:v>
+        <x:v>565237</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>403</x:v>
-[...2 lines deleted...]
-        <x:v>404</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
-        <x:v>70312</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>405</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>532832</x:v>
+        <x:v>604886</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>410</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>329</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>32688</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>565237</x:v>
+        <x:v>615501</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>74</x:v>
       </x:c>