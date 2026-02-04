--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -314,87 +314,87 @@
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS assistance technique d'ingénieur (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA Régional CFAI Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFAI PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat ingénieur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Rouvière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention économie et gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Connaissance entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
@@ -3019,219 +3019,218 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>558140</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>30122</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>558340</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>30122</x:v>
+        <x:v>37561</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s"/>
+      <x:c r="E24" s="14" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>35008</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>606241</x:v>
+        <x:v>500980</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>37561</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
-      <x:c r="E25" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>35008</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>500980</x:v>
+        <x:v>558340</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3241,102 +3240,102 @@
       <x:c r="L26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>591972</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H27" s="0" t="s">
+      <x:c r="I27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I27" s="4" t="s">
+      <x:c r="J27" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="P27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
-      <x:c r="P27" s="0" t="s">
+      <x:c r="Q27" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>550226</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
@@ -3472,51 +3471,51 @@
       <x:c r="L30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>611472</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -3532,51 +3531,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>581203</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -3586,51 +3585,51 @@
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>591975</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -3700,51 +3699,51 @@
       <x:c r="L34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>592825</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
@@ -4364,51 +4363,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>598386</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -4520,51 +4519,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>591977</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -4574,51 +4573,51 @@
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592386</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
@@ -4791,112 +4790,112 @@
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>591976</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H56" s="14" t="s">
+      <x:c r="I56" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I56" s="16" t="s">
+      <x:c r="J56" s="14" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>605651</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
@@ -5036,81 +5035,81 @@
       <x:c r="U59" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>594201</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
@@ -5179,85 +5178,85 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>604922</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H63" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H63" s="0" t="s">
+      <x:c r="I63" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I63" s="4" t="s">
+      <x:c r="J63" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>550231</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -5289,114 +5288,114 @@
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>608430</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H65" s="0" t="s">
+      <x:c r="I65" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I65" s="4" t="s">
+      <x:c r="J65" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>500981</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5459,112 +5458,112 @@
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>602330</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5588,101 +5587,101 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>549456</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>602816</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5695,51 +5694,51 @@
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
@@ -6063,51 +6062,51 @@
       <x:c r="M78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>614393</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -6241,51 +6240,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>611466</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>79</x:v>
@@ -6362,51 +6361,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>611452</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
@@ -6478,51 +6477,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>607976</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -6535,51 +6534,51 @@
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592382</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6589,51 +6588,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>592407</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -6646,51 +6645,51 @@
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>592383</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6700,51 +6699,51 @@
       <x:c r="L89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>592385</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
@@ -6757,51 +6756,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>595466</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -6811,51 +6810,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>591973</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>79</x:v>
@@ -6872,51 +6871,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>611477</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -7014,81 +7013,81 @@
       <x:c r="T94" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>594202</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -7636,51 +7635,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>558149</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -7696,51 +7695,51 @@
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>611442</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
@@ -7815,51 +7814,51 @@
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>611493</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
@@ -8950,51 +8949,51 @@
       <x:c r="L130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>13115</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>591974</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -9004,51 +9003,51 @@
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>595464</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
@@ -10092,51 +10091,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>553183</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>303</x:v>
@@ -10150,51 +10149,51 @@
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -10491,51 +10490,51 @@
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
@@ -10607,95 +10606,103 @@
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>22</x:v>
-[...1 lines deleted...]
-      <x:c r="C161" s="3" t="s"/>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C161" s="3" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D161" s="3" t="s"/>
+      <x:c r="E161" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="J161" s="0" t="s">
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>70322</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>615526</x:v>
+        <x:v>552161</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
@@ -10704,114 +10711,106 @@
       <x:c r="K162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>552161</x:v>
+        <x:v>552162</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
-      <x:c r="E163" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>36</x:v>
-[...2 lines deleted...]
-        <x:v>37</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>70322</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>552162</x:v>
+        <x:v>615526</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
@@ -10916,241 +10915,241 @@
       <x:c r="I166" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>547878</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H167" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H167" s="0" t="s">
+      <x:c r="I167" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I167" s="4" t="s">
+      <x:c r="J167" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>550236</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H168" s="14" t="s">
+      <x:c r="I168" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I168" s="16" t="s">
+      <x:c r="J168" s="14" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>500979</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="U168" s="16" t="s">
         <x:v>92</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="H169" s="0" t="s">
+      <x:c r="I169" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="I169" s="4" t="s">
+      <x:c r="J169" s="0" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>88</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>605652</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
@@ -11318,51 +11317,51 @@
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>571898</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s"/>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -11489,51 +11488,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>552836</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -11662,51 +11661,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
@@ -12141,51 +12140,51 @@
       <x:c r="L188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>596948</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -12883,51 +12882,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>608429</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
@@ -13260,51 +13259,51 @@
       <x:c r="L208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>592388</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>26</x:v>
@@ -13620,51 +13619,51 @@
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>595465</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
@@ -13913,159 +13912,160 @@
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>577316</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
+      <x:c r="E221" s="0" t="s">
+        <x:v>34</x:v>
+      </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>543674</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>398</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>391</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>601740</x:v>
+        <x:v>543674</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
@@ -14081,51 +14081,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>553717</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
@@ -14135,51 +14135,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>592387</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
@@ -14516,51 +14516,51 @@
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>605173</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -14576,51 +14576,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>575212</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -14630,51 +14630,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>598126</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s"/>
       <x:c r="K234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
@@ -15277,51 +15277,51 @@
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>587314</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>