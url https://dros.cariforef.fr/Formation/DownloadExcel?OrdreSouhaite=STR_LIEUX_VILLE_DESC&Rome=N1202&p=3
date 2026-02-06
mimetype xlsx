--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -449,60 +449,60 @@
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention logistique et transports internationaux parcours management et droit du transport maritime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention logistique et transports internationaux parcours transport maritime international</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention logistique et transports internationaux</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS</x:t>
   </x:si>
   <x:si>
     <x:t>13226</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Commerce international</x:t>
   </x:si>
@@ -2636,119 +2636,119 @@
       <x:c r="H27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>580895</x:v>
+        <x:v>576295</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31847</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>576295</x:v>
+        <x:v>580895</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40063</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>132</x:v>
       </x:c>