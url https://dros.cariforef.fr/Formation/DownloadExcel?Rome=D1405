--- v1 (2026-02-04)
+++ v2 (2026-03-31)
@@ -260,84 +260,84 @@
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention optique professionnelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Novétude Santé Pro II - Esol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Optique lunetterie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Novétude Santé Pro II - Esol - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Supérieur d'Optique</x:t>
   </x:si>
   <x:si>
     <x:t>ISO</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
-    <x:t>Optique lunetterie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-13e</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -873,51 +873,51 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>35366</x:v>
+        <x:v>41600</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s"/>
       <x:c r="I2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>12046</x:v>
@@ -1106,142 +1106,143 @@
       <x:c r="T5" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>30157</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="H6" s="14" t="s">
+      <x:c r="H6" s="14" t="s"/>
+      <x:c r="I6" s="16" t="s">
         <x:v>64</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="P6" s="14" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>551083</x:v>
+        <x:v>552389</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>30157</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43486</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>552389</x:v>
+        <x:v>551083</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 