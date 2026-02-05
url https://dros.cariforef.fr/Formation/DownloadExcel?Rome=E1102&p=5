--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1924,132 +1924,132 @@
       <x:c r="R15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>595848</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>595519</x:v>
+        <x:v>595518</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>595518</x:v>
+        <x:v>595519</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>39</x:v>
@@ -3046,185 +3046,185 @@
       <x:c r="R37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595560</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>595511</x:v>
+        <x:v>595510</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595510</x:v>
+        <x:v>595513</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>595513</x:v>
+        <x:v>595511</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>