--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -293,93 +293,93 @@
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS photographie</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 2</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Photographie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Octo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi moins de 26 ans , Handicapé moteur , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS photographie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Jeanne d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
@@ -1812,381 +1812,381 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>446861</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>596441</x:v>
+        <x:v>492300</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>492300</x:v>
+        <x:v>596441</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>79</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>543676</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>598128</x:v>
+        <x:v>547089</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>547089</x:v>
+        <x:v>598128</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>602253</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -2199,51 +2199,51 @@
       <x:c r="M17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>599876</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>70</x:v>
@@ -2336,206 +2336,204 @@
         <x:v>502696</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>607313</x:v>
+        <x:v>493134</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>547782</x:v>
+        <x:v>607313</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>92</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>556813</x:v>
+        <x:v>547782</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2548,232 +2546,234 @@
       <x:c r="K23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>609675</x:v>
+        <x:v>556813</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>62</x:v>
-[...1 lines deleted...]
-      <x:c r="H24" s="14" t="s"/>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>551970</x:v>
+        <x:v>609675</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>555283</x:v>
+        <x:v>551970</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36970</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>493134</x:v>
+        <x:v>555283</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
@@ -4994,51 +4994,51 @@
       <x:c r="I69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>568167</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -5158,100 +5158,100 @@
       <x:c r="L72" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>588159</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>588162</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">