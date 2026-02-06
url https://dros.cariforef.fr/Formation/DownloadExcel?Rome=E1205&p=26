--- v1 (2026-02-05)
+++ v2 (2026-02-06)
@@ -401,65 +401,65 @@
   <x:si>
     <x:t>Ecole municipale d'arts plastiques EMAP - Villa Thiole</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Apple foundation program</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Site web adaptatif</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co|Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Arts graphiques Illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Mjm Graphic Design Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Art graphique</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
@@ -533,68 +533,68 @@
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant web et marketing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Assistant web et marketing (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro artisanat et métiers d'art option communication visuelle pluri-média</x:t>
   </x:si>
   <x:si>
     <x:t>LP Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>PAO</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Célony</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
@@ -707,62 +707,62 @@
   <x:si>
     <x:t>Bachelor en sciences et ingénierie - systèmes numériques pour le multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Informatique - Systèmes d’information et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Blender 3D</x:t>
   </x:si>
   <x:si>
     <x:t>Modélisation système information</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/08/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Blender Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
@@ -911,113 +911,113 @@
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience</x:t>
   </x:si>
   <x:si>
     <x:t>Technologie internet intranet</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours stratégie de communication numérique et design d'expérience (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Canva</x:t>
   </x:si>
   <x:si>
     <x:t>Aristée</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Information - Communication numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SUP'DE COM</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06310</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Forma Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Liberté Formation - Iscae</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Forma Var</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B.Factory School</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
@@ -1061,65 +1061,65 @@
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ri7</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>11/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/22/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet digitaux</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation chef de projet digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation communication, marketing et évènementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet digitaux spécialisation création et Digital Design - Spécialité Design UX-UI (Apprentissage)</x:t>
@@ -1319,56 +1319,56 @@
   <x:si>
     <x:t>Création et gestion de site web sous wordpress et stratégie de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Etincelle</x:t>
   </x:si>
   <x:si>
     <x:t>13710</x:t>
   </x:si>
   <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Création site internet</x:t>
   </x:si>
   <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Créer des visuels percutants avec Canva</x:t>
   </x:si>
   <x:si>
     <x:t>Studio Gentile - Systemv</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et administrer un site professionnel avec WordPress</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et gérer moi-même le site internet de mon entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et réaliser une charte graphique</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
@@ -1709,56 +1709,56 @@
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>directeur artistique en design graphique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique en stratégie et design de marque (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Intuit Lab Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Intuit Lab Pro - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/08/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Directeur artistique multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur artistique multimédia (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention animation</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13392</x:t>
   </x:si>
   <x:si>
     <x:t>Film animation</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention événement</x:t>
   </x:si>
   <x:si>
     <x:t>DN MADE mention graphisme</x:t>
@@ -1841,59 +1841,59 @@
   <x:si>
     <x:t>Documentation audiovisuelle et multimédia</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecriture et narration documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Le Socle</x:t>
   </x:si>
   <x:si>
     <x:t>16000</x:t>
   </x:si>
   <x:si>
     <x:t>Écriture web</x:t>
   </x:si>
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>expert du design numérique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert du design numérique</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>expert du design numérique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert du design numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert du design numérique spécialisation design graphique et numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception et production de film d’animation</x:t>
   </x:si>
   <x:si>
     <x:t>expert en conception, réalisation et animation 3D</x:t>
   </x:si>
   <x:si>
     <x:t>École MoPA</x:t>
   </x:si>
   <x:si>
     <x:t>13637</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - MOPA</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en conception, réalisation et animation 3D blocs de compétences BC05 - BC06 - BC07</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Brassart - Antenne Arles</x:t>
@@ -2225,68 +2225,68 @@
   <x:si>
     <x:t>Manager de projet en design graphique et visuel</x:t>
   </x:si>
   <x:si>
     <x:t>e-artsup Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Design thinking</x:t>
   </x:si>
   <x:si>
     <x:t>e-artsup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets digitaux en UX design</x:t>
   </x:si>
   <x:si>
     <x:t>Référencement site web</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets digitaux en UX design (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Iscod</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Communication Appliquée</x:t>
   </x:si>
   <x:si>
     <x:t>ICA</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Communication Appliquée - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Iscod</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention arts</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts de la scène</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours arts plastiques et sciences de l'art</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention arts parcours création numérique</x:t>
@@ -2393,77 +2393,77 @@
   <x:si>
     <x:t>Prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>ANCELLE</x:t>
   </x:si>
   <x:si>
     <x:t>Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel PowerPoint</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>MONTAUROUX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
-    <x:t>SAINTE-MAXIME</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>Prestashop administrateur</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Prestashop</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Blender</x:t>
@@ -2516,317 +2516,317 @@
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>Dcf - Academy Numérique</x:t>
   </x:si>
   <x:si>
     <x:t>04510</x:t>
   </x:si>
   <x:si>
     <x:t>LOURMARIN</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI</x:t>
   </x:si>
   <x:si>
+    <x:t>Naias Formation - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Profil numérique - Développer des compétences numériques pour les entreprises agricoles et agroalimentaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de formation Professionnelle et de Promotion Agricole Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFPPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>réalisateur 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>réalisateur animation 3D</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser son premier reportage TV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale BC 3 Pilotage et mise en œuvre du projet webmarketing et de la communication digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale spécificité gestion de projet web et e-commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale spécificité marketing et communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Scripte pour le cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SketchUp avec Twinmotion pour l’animation architecturale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel SketchUp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SketchUp Pro - Les essentiels</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sketchup Pro : Initiation + Approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skillers - Métiers de l'informatique et du développement web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Symfony - Développement web moderne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Framework Symfony</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techniques de réalisation audiovisuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Ateliers de l'Image et du Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activmedia Global Synergy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83520</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFAPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Profil numérique - Développer des compétences numériques pour les entreprises agricoles et agroalimentaires</x:t>
-[...71 lines deleted...]
-    <x:t>Naias Formation - Antenne Marseille</x:t>
+    <x:t>Optim'hum</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Label Emmaus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Public immigré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Evolusio Formations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Evolusio Formations</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 1 : concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 2 : contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI - CCP 3 : réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ceytyxia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aleo Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>13770</x:t>
   </x:si>
   <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ceytyxia</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Escial Académie</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupe Belmont</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétence 3 réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 1 Concevoir les éléments graphiques d'une interface et de supports de communication</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 2 Contribuer à la gestion et au suivi d'un projet de communication numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel concepteur designer UI bloc de compétences 3 Réaliser, améliorer et animer des sites web</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel graphiste</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2025 00:00:00</x:t>
@@ -2903,54 +2903,54 @@
   <x:si>
     <x:t>Université d'Etudes et de Loisirs des Alpes du Sud</x:t>
   </x:si>
   <x:si>
     <x:t>UELAS</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Word</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress</x:t>
   </x:si>
   <x:si>
     <x:t>Pierre-Henri Sciortino - Ph Formation</x:t>
   </x:si>
   <x:si>
     <x:t>PHF</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/28/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress perfectionnement - Customisation de thèmes</x:t>
   </x:si>
   <x:si>
     <x:t>WordPress rédacteur</x:t>
   </x:si>
   <x:si>
     <x:t>Zbrush : sculpture numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -4663,159 +4663,159 @@
       <x:c r="K24" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>615587</x:v>
+        <x:v>615583</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>615583</x:v>
+        <x:v>615586</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46337</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>615586</x:v>
+        <x:v>615587</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="U26" s="16" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>33</x:v>
@@ -5266,192 +5266,192 @@
         <x:v>521657</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>608564</x:v>
+        <x:v>550653</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>550653</x:v>
+        <x:v>608564</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38472</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>514673</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
@@ -5940,51 +5940,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46052</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>547061</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
@@ -5993,51 +5993,51 @@
       <x:c r="L48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>616470</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
@@ -6199,51 +6199,51 @@
       <x:c r="L52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>591418</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>39</x:v>
@@ -6301,100 +6301,100 @@
       <x:c r="L54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>570059</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>590574</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
@@ -6499,103 +6499,103 @@
         <x:v>185</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>556172</x:v>
+        <x:v>556173</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>556173</x:v>
+        <x:v>556172</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41002</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
@@ -6657,51 +6657,51 @@
       <x:c r="K61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31068</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>576443</x:v>
+        <x:v>576442</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>38</x:v>
@@ -6710,51 +6710,51 @@
       <x:c r="K62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31068</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>576442</x:v>
+        <x:v>576443</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
@@ -7688,51 +7688,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>575984</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -7809,54 +7809,54 @@
       <x:c r="L82" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>556124</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35501</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -8283,54 +8283,54 @@
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>556125</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -8515,54 +8515,54 @@
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>556135</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -8738,286 +8738,286 @@
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>576454</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>610971</x:v>
+        <x:v>588400</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>588400</x:v>
+        <x:v>610971</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>608139</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>610970</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41125</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>46081</x:v>
@@ -9027,431 +9027,430 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>592833</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>592277</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>39741</x:v>
+        <x:v>41125</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>282</x:v>
-[...2 lines deleted...]
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>608140</x:v>
+        <x:v>592832</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>41125</x:v>
+        <x:v>39741</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>289</x:v>
-[...1 lines deleted...]
-      <x:c r="H106" s="14" t="s"/>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H106" s="14" t="s">
+        <x:v>282</x:v>
+      </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>46081</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>592832</x:v>
+        <x:v>608140</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>560009</x:v>
+        <x:v>601588</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="Q108" s="16" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="R108" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S108" s="14" t="n">
+        <x:v>560009</x:v>
+      </x:c>
+      <x:c r="T108" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="Q108" s="16" t="s">
-[...8 lines deleted...]
-      <x:c r="T108" s="16" t="s">
+      <x:c r="U108" s="16" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>601589</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>598950</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
@@ -9461,112 +9460,112 @@
       <x:c r="E111" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>598972</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39741</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>602578</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
@@ -9713,51 +9712,51 @@
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>579002</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9772,51 +9771,51 @@
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>615683</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
@@ -9877,114 +9876,114 @@
       <x:c r="K118" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>602176</x:v>
+        <x:v>547284</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U118" s="16" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>553363</x:v>
+        <x:v>602176</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U119" s="4" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -9993,114 +9992,114 @@
       <x:c r="K120" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>608948</x:v>
+        <x:v>553363</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38018</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>547284</x:v>
+        <x:v>608948</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -10113,51 +10112,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>581534</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -10275,51 +10274,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>574074</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
@@ -10935,206 +10934,206 @@
       <x:c r="S136" s="14" t="n">
         <x:v>549700</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>549725</x:v>
+        <x:v>549701</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>549701</x:v>
+        <x:v>549724</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>549724</x:v>
+        <x:v>549725</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35541</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -11262,54 +11261,54 @@
       <x:c r="L142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>606232</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -11319,51 +11318,51 @@
       <x:c r="L143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>578963</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>353</x:v>
@@ -11380,54 +11379,54 @@
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>611042</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>33</x:v>
@@ -11590,51 +11589,51 @@
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>599347</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -11647,51 +11646,51 @@
       <x:c r="L149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>46251</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>614624</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36533</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -11978,51 +11977,51 @@
       <x:c r="G155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>550739</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
@@ -12037,123 +12036,123 @@
         <x:v>141</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>534878</x:v>
+        <x:v>550740</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37816</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>550740</x:v>
+        <x:v>534878</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38244</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -12393,157 +12392,157 @@
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>578910</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>596741</x:v>
+        <x:v>584120</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>584120</x:v>
+        <x:v>596741</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -12612,51 +12611,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>601675</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -12691,207 +12690,207 @@
         <x:v>508293</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>601674</x:v>
+        <x:v>554151</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>554151</x:v>
+        <x:v>601652</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>601652</x:v>
+        <x:v>601674</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -12960,51 +12959,51 @@
       <x:c r="L172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>601653</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39240</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -13337,51 +13336,51 @@
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598271</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
@@ -13530,110 +13529,110 @@
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>614329</x:v>
+        <x:v>611383</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s"/>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>611383</x:v>
+        <x:v>614329</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="U184" s="16" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
@@ -14419,54 +14418,54 @@
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>612449</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>39</x:v>
@@ -14894,51 +14893,51 @@
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>559254</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s"/>
       <x:c r="K210" s="14" t="s">
@@ -15345,159 +15344,160 @@
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>574058</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>36298</x:v>
+        <x:v>37817</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>147</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>521688</x:v>
+        <x:v>597139</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>37817</x:v>
+        <x:v>36298</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H219" s="0" t="s">
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>597139</x:v>
+        <x:v>521688</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>40367</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
@@ -15736,51 +15736,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>601679</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36443</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -15967,51 +15967,51 @@
       <x:c r="L228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>564566</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>39</x:v>
@@ -17497,54 +17497,54 @@
       <x:c r="K256" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>589563</x:v>
+        <x:v>601426</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40164</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -17554,54 +17554,54 @@
       <x:c r="K257" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>601426</x:v>
+        <x:v>589563</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -17952,51 +17952,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>601660</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -18068,459 +18068,459 @@
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>601661</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>554129</x:v>
+        <x:v>601680</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>37662</x:v>
+        <x:v>34814</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>34074</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>554130</x:v>
+        <x:v>553366</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>554177</x:v>
+        <x:v>554153</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>554153</x:v>
+        <x:v>601681</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>601680</x:v>
+        <x:v>554177</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>34814</x:v>
+        <x:v>37662</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>31090</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>553366</x:v>
+        <x:v>554129</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37662</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>601681</x:v>
+        <x:v>554130</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>36940</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -20176,214 +20176,213 @@
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>612038</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39855</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>147</x:v>
-[...2 lines deleted...]
-        <x:v>148</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>574092</x:v>
+        <x:v>592395</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
-        <x:v>34403</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>386</x:v>
-[...1 lines deleted...]
-      <x:c r="H306" s="14" t="s"/>
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="H306" s="14" t="s">
+        <x:v>148</x:v>
+      </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
-        <x:v>46347</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>547251</x:v>
+        <x:v>574092</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>34403</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>592395</x:v>
+        <x:v>547251</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>34403</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
@@ -20452,170 +20451,170 @@
       <x:c r="L309" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>601684</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>34403</x:v>
+        <x:v>39855</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>46347</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>534936</x:v>
+        <x:v>579363</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>39855</x:v>
+        <x:v>34403</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46347</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>579363</x:v>
+        <x:v>534936</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>40555</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
@@ -22649,51 +22648,51 @@
       <x:c r="L348" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>601665</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>40243</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -22765,54 +22764,54 @@
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>590020</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>40237</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -22921,182 +22920,182 @@
       <x:c r="G353" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>590017</x:v>
+        <x:v>590018</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>40237</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>630</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>631</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>632</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>590018</x:v>
+        <x:v>608950</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>40237</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>608950</x:v>
+        <x:v>590017</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
@@ -23324,142 +23323,143 @@
         <x:v>25</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>534204</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="H361" s="0" t="s">
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>603910</x:v>
+        <x:v>534206</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>23</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>25</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>534206</x:v>
+        <x:v>603910</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>33</x:v>
@@ -23820,51 +23820,51 @@
       <x:c r="L370" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>71132</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>577084</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>39</x:v>
@@ -24798,51 +24798,51 @@
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>578582</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>670</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>39</x:v>
@@ -24850,51 +24850,51 @@
       <x:c r="M390" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>590734</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -24904,51 +24904,51 @@
       <x:c r="M391" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>590732</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
@@ -24963,51 +24963,51 @@
       <x:c r="M392" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>590774</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38935</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -25926,51 +25926,51 @@
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>614281</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
@@ -26100,51 +26100,51 @@
       <x:c r="M413" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>590123</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>703</x:v>
@@ -26158,51 +26158,51 @@
       <x:c r="L414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>590825</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>40602</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
@@ -26218,51 +26218,51 @@
       <x:c r="L415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>590824</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38262</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
@@ -26548,162 +26548,162 @@
       <x:c r="K421" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>32069</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>597195</x:v>
+        <x:v>597193</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38262</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>32069</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>597193</x:v>
+        <x:v>597198</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38262</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>32069</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>597198</x:v>
+        <x:v>597195</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>36987</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
@@ -26773,172 +26773,173 @@
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>559235</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>36987</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="H426" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>46336</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>526923</x:v>
+        <x:v>509866</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>721</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>36987</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="H427" s="0" t="s">
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>46336</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>509866</x:v>
+        <x:v>526923</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="U427" s="4" t="s">
         <x:v>723</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
@@ -27061,51 +27062,51 @@
       <x:c r="L430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>575794</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -27118,51 +27119,51 @@
       <x:c r="L431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>575795</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I432" s="16" t="s">
@@ -27177,51 +27178,51 @@
       <x:c r="L432" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>575796</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>40465</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H433" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
@@ -27234,51 +27235,51 @@
       <x:c r="L433" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>575797</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
@@ -27299,160 +27300,159 @@
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>606184</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>684</x:v>
-[...2 lines deleted...]
-        <x:v>685</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>686</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>606133</x:v>
+        <x:v>606185</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
-        <x:v>78</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
-        <x:v>249</x:v>
-[...1 lines deleted...]
-      <x:c r="H436" s="14" t="s"/>
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="H436" s="14" t="s">
+        <x:v>685</x:v>
+      </x:c>
       <x:c r="I436" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>46072</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>606185</x:v>
+        <x:v>606133</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>41255</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -27573,94 +27573,94 @@
       <x:c r="L439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>590170</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C440" s="15" t="s"/>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s"/>
       <x:c r="K440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>46276</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>528765</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="C441" s="3" t="s"/>
@@ -27758,233 +27758,233 @@
         <x:v>745</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>580384</x:v>
+        <x:v>614335</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>614335</x:v>
+        <x:v>580384</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C445" s="3" t="s"/>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>577967</x:v>
+        <x:v>577971</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>577971</x:v>
+        <x:v>577967</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>748</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>749</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>33</x:v>
@@ -28501,51 +28501,51 @@
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>588159</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
@@ -28554,51 +28554,51 @@
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>588162</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
@@ -28752,1284 +28752,1284 @@
         <x:v>771</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>616595</x:v>
+        <x:v>605287</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>616596</x:v>
+        <x:v>605304</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>616598</x:v>
+        <x:v>605314</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C465" s="3" t="s"/>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>605321</x:v>
+        <x:v>605327</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>605326</x:v>
+        <x:v>605332</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C467" s="3" t="s"/>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>605299</x:v>
+        <x:v>605321</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>605309</x:v>
+        <x:v>605326</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>605310</x:v>
+        <x:v>616595</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>605319</x:v>
+        <x:v>616596</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>616650</x:v>
+        <x:v>616598</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>616652</x:v>
+        <x:v>605307</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>616656</x:v>
+        <x:v>605325</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C474" s="15" t="s"/>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s"/>
       <x:c r="K474" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>616671</x:v>
+        <x:v>605328</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C475" s="3" t="s"/>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>605307</x:v>
+        <x:v>605329</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>605325</x:v>
+        <x:v>616657</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>605328</x:v>
+        <x:v>616667</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>605329</x:v>
+        <x:v>616672</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>616657</x:v>
+        <x:v>605299</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>616667</x:v>
+        <x:v>605309</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>616672</x:v>
+        <x:v>605310</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>605287</x:v>
+        <x:v>605319</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>605304</x:v>
+        <x:v>616650</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>605314</x:v>
+        <x:v>616652</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>605327</x:v>
+        <x:v>616656</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>605332</x:v>
+        <x:v>616671</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>43</x:v>
@@ -30127,51 +30127,51 @@
       <x:c r="I489" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>777</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
         <x:v>616640</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
@@ -30180,51 +30180,51 @@
         <x:v>771</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>781</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>616658</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>771</x:v>
@@ -30486,51 +30486,51 @@
         <x:v>771</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>605288</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>771</x:v>
@@ -30739,51 +30739,51 @@
       <x:c r="I501" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>605301</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
@@ -30792,51 +30792,51 @@
         <x:v>771</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>779</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>605306</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>771</x:v>
@@ -31098,610 +31098,610 @@
         <x:v>771</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>616636</x:v>
+        <x:v>616651</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>786</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>616662</x:v>
+        <x:v>616653</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>616665</x:v>
+        <x:v>616655</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>616651</x:v>
+        <x:v>616660</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>616653</x:v>
+        <x:v>616670</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>616655</x:v>
+        <x:v>616592</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>616660</x:v>
+        <x:v>616594</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>616670</x:v>
+        <x:v>616636</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>616592</x:v>
+        <x:v>616662</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>616594</x:v>
+        <x:v>616665</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>605290</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>605293</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
@@ -31759,51 +31759,51 @@
       <x:c r="I521" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>780</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>605313</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
@@ -32065,51 +32065,51 @@
       <x:c r="I527" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="K527" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L527" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M527" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>70312</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
-        <x:v>782</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>616669</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="C528" s="15" t="s"/>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s"/>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -32269,107 +32269,107 @@
       <x:c r="I531" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L531" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M531" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N531" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O531" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
-        <x:v>609010</x:v>
+        <x:v>609008</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="C532" s="15" t="s"/>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s"/>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s"/>
       <x:c r="K532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M532" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N532" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O532" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P532" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q532" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R532" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S532" s="14" t="n">
-        <x:v>609008</x:v>
+        <x:v>609010</x:v>
       </x:c>
       <x:c r="T532" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U532" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="533" spans="1:21">
       <x:c r="A533" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B533" s="0" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="C533" s="3" t="s"/>
       <x:c r="D533" s="3" t="s"/>
       <x:c r="G533" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I533" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K533" s="0" t="s">
         <x:v>26</x:v>
@@ -32718,157 +32718,157 @@
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>583931</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>573970</x:v>
+        <x:v>567241</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>815</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="F541" s="0" t="s">
         <x:v>805</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="H541" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>817</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>583532</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>820</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>39256</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>33</x:v>
@@ -32881,51 +32881,51 @@
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>593728</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>39861</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>46264</x:v>
@@ -32935,51 +32935,51 @@
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>592302</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
@@ -32988,322 +32988,322 @@
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>801</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>567700</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>559230</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>559188</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="G547" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>559224</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>34413</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>559227</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C549" s="3" t="s"/>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>611531</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
@@ -33312,1498 +33312,1498 @@
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>608286</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C551" s="3" t="s"/>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>583199</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C552" s="15" t="s"/>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s"/>
       <x:c r="K552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
         <x:v>609709</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C553" s="3" t="s"/>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="G553" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
         <x:v>609708</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C554" s="15" t="s"/>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s"/>
       <x:c r="K554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>542424</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C555" s="3" t="s"/>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>505621</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s"/>
       <x:c r="K556" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>72502</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>505620</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C557" s="3" t="s"/>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>581463</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C558" s="15" t="s"/>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s"/>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s"/>
       <x:c r="K558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>613023</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C559" s="3" t="s"/>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>71910</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>613022</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="C560" s="15" t="s"/>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s"/>
       <x:c r="K560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>549544</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>580</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>571755</x:v>
+        <x:v>559215</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>584765</x:v>
+        <x:v>571755</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>751</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>842</x:v>
-[...2 lines deleted...]
-        <x:v>843</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q563" s="4" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="R563" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="S563" s="0" t="n">
+        <x:v>584769</x:v>
+      </x:c>
+      <x:c r="T563" s="4" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="Q563" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>753</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="Q564" s="16" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="R564" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="S564" s="14" t="n">
+        <x:v>615571</x:v>
+      </x:c>
+      <x:c r="T564" s="16" t="s">
         <x:v>845</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>567236</x:v>
+        <x:v>572509</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>567237</x:v>
+        <x:v>572510</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>848</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>559215</x:v>
+        <x:v>588093</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>584769</x:v>
+        <x:v>601114</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>849</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>753</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="G569" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
-        <x:v>608724</x:v>
+        <x:v>601117</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>853</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>854</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>567241</x:v>
+        <x:v>584767</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>848</x:v>
+        <x:v>749</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="G571" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H571" s="0" t="s">
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>615571</x:v>
+        <x:v>552021</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="Q572" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="R572" s="14" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="S572" s="14" t="n">
+        <x:v>573970</x:v>
+      </x:c>
+      <x:c r="T572" s="16" t="s">
         <x:v>855</x:v>
       </x:c>
-      <x:c r="Q572" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>647</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>572510</x:v>
+        <x:v>583489</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>588093</x:v>
+        <x:v>567236</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>862</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>863</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>584767</x:v>
+        <x:v>567237</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>660</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>749</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
-        <x:v>601114</x:v>
+        <x:v>608724</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>862</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="G577" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>601117</x:v>
+        <x:v>584765</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>751</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -34831,591 +34831,591 @@
       <x:c r="R578" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
         <x:v>587731</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="G579" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>601110</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>601111</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>601115</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
       <x:c r="I582" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J582" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>615570</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>858</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>572513</x:v>
+        <x:v>588094</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>647</x:v>
+        <x:v>851</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>801</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>588094</x:v>
+        <x:v>572513</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>862</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>863</x:v>
+        <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>572511</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>572512</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>859</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>647</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>615572</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>615574</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>858</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35497,95 +35497,95 @@
       <x:c r="R590" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>584763</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>579220</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>869</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>870</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>865</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>39</x:v>
@@ -35608,147 +35608,147 @@
       <x:c r="R592" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
         <x:v>566725</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="G593" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>840</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
         <x:v>567240</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s"/>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>840</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
         <x:v>571756</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>848</x:v>
+        <x:v>817</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="G595" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35830,260 +35830,260 @@
       <x:c r="R596" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>613747</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>602833</x:v>
+        <x:v>615573</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>641</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>516849</x:v>
+        <x:v>602833</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>871</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>649</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
-        <x:v>615573</x:v>
+        <x:v>616390</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>858</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
-        <x:v>872</x:v>
-[...1 lines deleted...]
-      <x:c r="H600" s="14" t="s"/>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H600" s="14" t="s">
+        <x:v>434</x:v>
+      </x:c>
       <x:c r="I600" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="J600" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K600" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L600" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M600" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
-        <x:v>872</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
-        <x:v>616390</x:v>
+        <x:v>516849</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="G601" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -36483,51 +36483,51 @@
       <x:c r="M608" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
         <x:v>584783</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="G609" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -36594,51 +36594,51 @@
       <x:c r="M610" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
         <x:v>584782</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J611" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -36648,77 +36648,77 @@
       <x:c r="L611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>553394</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C612" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
-        <x:v>860</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
-        <x:v>861</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K612" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
@@ -36728,556 +36728,556 @@
       <x:c r="S612" s="14" t="n">
         <x:v>599570</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>881</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>553488</x:v>
+        <x:v>608628</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
-        <x:v>883</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="R614" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="S614" s="14" t="n">
+        <x:v>608302</x:v>
+      </x:c>
+      <x:c r="T614" s="16" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="R614" s="14" t="s">
-[...5 lines deleted...]
-      <x:c r="T614" s="16" t="s">
+      <x:c r="U614" s="16" t="s">
         <x:v>884</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>885</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="I615" s="4" t="s">
         <x:v>886</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>401</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
+        <x:v>885</x:v>
+      </x:c>
+      <x:c r="Q615" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="Q615" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>495524</x:v>
+        <x:v>553774</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K616" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>608628</x:v>
+        <x:v>608301</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C617" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="E617" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G617" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H617" s="0" t="s">
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="J617" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>608302</x:v>
+        <x:v>601956</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
-        <x:v>891</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
-        <x:v>892</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C618" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s"/>
       <x:c r="I618" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J618" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K618" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M618" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
-        <x:v>608301</x:v>
+        <x:v>553488</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>893</x:v>
+        <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
-        <x:v>882</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
-        <x:v>883</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
-        <x:v>894</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>553774</x:v>
+        <x:v>553777</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>895</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>896</x:v>
+        <x:v>892</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="I620" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>601956</x:v>
+        <x:v>495524</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>896</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>509841</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>723</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
@@ -37292,75 +37292,75 @@
       <x:c r="L622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>560943</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>898</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="E623" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G623" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>861</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>799</x:v>
       </x:c>
@@ -37371,480 +37371,480 @@
         <x:v>599572</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>899</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I624" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>546921</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C625" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="E625" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G625" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J625" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>608627</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I626" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K626" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
         <x:v>601957</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C627" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="E627" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G627" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="J627" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
-        <x:v>291</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>587325</x:v>
+        <x:v>569991</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
-        <x:v>901</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
-        <x:v>902</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K628" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
-        <x:v>901</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
-        <x:v>902</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="S628" s="14" t="n">
+        <x:v>587325</x:v>
+      </x:c>
+      <x:c r="T628" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U628" s="16" t="s">
         <x:v>903</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C629" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J629" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>616373</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C630" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
         <x:v>616375</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
-        <x:v>855</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
-        <x:v>856</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
         <x:v>616374</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
@@ -37920,51 +37920,51 @@
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>559189</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>906</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -38088,51 +38088,51 @@
       <x:c r="L636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>559196</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>35634</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -38199,51 +38199,51 @@
       <x:c r="L638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
         <x:v>559191</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -38328,201 +38328,201 @@
       <x:c r="R640" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
         <x:v>584267</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>581282</x:v>
+        <x:v>614723</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
-        <x:v>910</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>614723</x:v>
+        <x:v>613735</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>911</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>456</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>613735</x:v>
+        <x:v>581282</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -38606,261 +38606,261 @@
       </x:c>
       <x:c r="S645" s="0" t="n">
         <x:v>602508</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>581280</x:v>
+        <x:v>616981</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>857</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>616981</x:v>
+        <x:v>581280</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>913</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
         <x:v>608305</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>892</x:v>
+        <x:v>884</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="E649" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G649" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
         <x:v>569997</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>903</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
@@ -38872,108 +38872,108 @@
       <x:c r="L650" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>605575</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>918</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
         <x:v>608306</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>919</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
@@ -38988,99 +38988,99 @@
       <x:c r="L652" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
         <x:v>565677</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>859</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>601989</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
@@ -39128,208 +39128,208 @@
       <x:c r="S654" s="14" t="n">
         <x:v>605574</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
         <x:v>920</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C655" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="E655" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G655" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J655" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>608639</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="I656" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>842</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>601990</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D657" s="3" t="s"/>
       <x:c r="E657" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="G657" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="I657" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J657" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K657" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="L657" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M657" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N657" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O657" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P657" s="0" t="s">
-        <x:v>890</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="Q657" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R657" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S657" s="0" t="n">
         <x:v>608304</x:v>
       </x:c>
       <x:c r="T657" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U657" s="4" t="s">
-        <x:v>893</x:v>
+        <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="658" spans="1:21">
       <x:c r="A658" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B658" s="14" t="s">
         <x:v>921</x:v>
       </x:c>
       <x:c r="C658" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D658" s="15" t="s"/>
       <x:c r="E658" s="14" t="s"/>
       <x:c r="F658" s="14" t="s"/>
       <x:c r="G658" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H658" s="14" t="s"/>
       <x:c r="I658" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J658" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -39669,111 +39669,111 @@
       <x:c r="K664" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>581312</x:v>
+        <x:v>581311</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="G665" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>581311</x:v>
+        <x:v>581312</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>928</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>39532</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J666" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -39840,51 +39840,51 @@
       <x:c r="L667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
         <x:v>46003</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
         <x:v>516867</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
-        <x:v>871</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="U667" s="4" t="s">
         <x:v>649</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C668" s="15" t="s"/>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s"/>
       <x:c r="I668" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s"/>
       <x:c r="K668" s="14" t="s">
@@ -40001,116 +40001,116 @@
       <x:c r="L670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>591426</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>40917</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J671" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>46347</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>591427</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>933</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>40917</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="K672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -40377,161 +40377,161 @@
       <x:c r="I677" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
-        <x:v>577816</x:v>
+        <x:v>567361</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
-        <x:v>944</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="C678" s="15" t="s"/>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s"/>
       <x:c r="K678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
-        <x:v>567361</x:v>
+        <x:v>567364</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>912</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="C679" s="3" t="s"/>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>942</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
-        <x:v>567364</x:v>
+        <x:v>577816</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
         <x:v>945</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="C680" s="15" t="s"/>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s"/>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>101</x:v>