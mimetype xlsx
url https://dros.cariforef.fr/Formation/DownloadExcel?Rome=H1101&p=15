--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -509,65 +509,65 @@
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Alphonse Benoît</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Aurlom Prépa - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
@@ -833,69 +833,69 @@
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Tecnologique Marie-Madeleine Fourcade</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Jean de La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Les Iscles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Général et Technologique Antonin Artaud</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Polyvalent Les Iscles</x:t>
-[...8 lines deleted...]
-    <x:t>06046</x:t>
+    <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie industriel et maintenance parcours ingénierie des systèmes pluritechniques</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
@@ -4029,209 +4029,210 @@
         <x:v>609463</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>605051</x:v>
+        <x:v>611312</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>611312</x:v>
+        <x:v>602809</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>135</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="Q44" s="16" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="S44" s="14" t="n">
+        <x:v>605051</x:v>
+      </x:c>
+      <x:c r="T44" s="16" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -4353,51 +4354,51 @@
       <x:c r="H47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>558865</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
@@ -4950,54 +4951,54 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>604926</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -5965,306 +5966,306 @@
       <x:c r="R74" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>596919</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>596911</x:v>
+        <x:v>596914</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>596916</x:v>
+        <x:v>596911</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>596917</x:v>
+        <x:v>596916</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>596912</x:v>
+        <x:v>596917</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>596914</x:v>
+        <x:v>596912</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37391</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
@@ -7031,54 +7032,54 @@
       <x:c r="G93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>611313</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
@@ -7511,207 +7512,206 @@
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>587888</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="H102" s="14" t="s"/>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>587886</x:v>
+        <x:v>556585</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>45</x:v>
-[...2 lines deleted...]
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>509241</x:v>
+        <x:v>587886</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>556585</x:v>
+        <x:v>509241</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -10092,54 +10092,54 @@
       <x:c r="G147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>602318</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -10608,1100 +10608,1098 @@
         <x:v>556825</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>515636</x:v>
+        <x:v>498691</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>500992</x:v>
+        <x:v>514131</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>498691</x:v>
+        <x:v>550249</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>514131</x:v>
+        <x:v>547559</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>550249</x:v>
+        <x:v>602215</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="H161" s="0" t="s">
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>547559</x:v>
+        <x:v>605696</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>602215</x:v>
+        <x:v>507323</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>605696</x:v>
+        <x:v>515636</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>507323</x:v>
+        <x:v>500992</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="R165" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="S165" s="0" t="n">
+        <x:v>550254</x:v>
+      </x:c>
+      <x:c r="T165" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>550254</x:v>
+        <x:v>550264</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>140</x:v>
-[...2 lines deleted...]
-        <x:v>141</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>550264</x:v>
+        <x:v>547818</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>40</x:v>
-[...1 lines deleted...]
-      <x:c r="H168" s="14" t="s"/>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>547818</x:v>
+        <x:v>558856</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>135</x:v>
-[...2 lines deleted...]
-        <x:v>136</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>558856</x:v>
+        <x:v>494811</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>494811</x:v>
+        <x:v>602243</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>602243</x:v>
+        <x:v>605936</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>196</x:v>
-[...1 lines deleted...]
-      <x:c r="H172" s="14" t="s"/>
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="H172" s="14" t="s">
+        <x:v>239</x:v>
+      </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>605936</x:v>
+        <x:v>600493</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>600493</x:v>
+        <x:v>602811</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>45</x:v>
@@ -11769,54 +11767,54 @@
       <x:c r="H175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>605693</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
@@ -11890,51 +11888,51 @@
       <x:c r="H177" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>556722</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
@@ -11951,54 +11949,54 @@
       <x:c r="H178" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>500991</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
@@ -12127,54 +12125,54 @@
       <x:c r="H181" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>605692</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>41007</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>