--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -356,90 +356,90 @@
   <x:si>
     <x:t>Lycée Polyvalent Jean Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS conception des processus de réalisation de produits option B : production sérielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13691</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS conception des processus de réalisation de produits option B : production sérielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée des Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Paul Langevin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS conception des produits industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet industriel</x:t>
-  </x:si>
-[...34 lines deleted...]
-    <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception des produits industriels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
@@ -2739,1247 +2739,1248 @@
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>605764</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37374</x:v>
+        <x:v>37464</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
-      <x:c r="E22" s="14" t="s"/>
+      <x:c r="E22" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>34</x:v>
-[...1 lines deleted...]
-      <x:c r="H22" s="14" t="s"/>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H22" s="14" t="s">
+        <x:v>85</x:v>
+      </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>31606</x:v>
+        <x:v>31652</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>594086</x:v>
+        <x:v>500983</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>500983</x:v>
+        <x:v>550237</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
-      <x:c r="E24" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>84</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>550237</x:v>
+        <x:v>595858</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>595858</x:v>
+        <x:v>595859</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595859</x:v>
+        <x:v>595860</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595860</x:v>
+        <x:v>595861</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>595861</x:v>
+        <x:v>595862</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
+      <x:c r="E29" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>595862</x:v>
+        <x:v>550238</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>550238</x:v>
+        <x:v>500984</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>84</x:v>
-[...2 lines deleted...]
-        <x:v>85</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>500984</x:v>
+        <x:v>602255</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>602255</x:v>
+        <x:v>493128</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>493128</x:v>
+        <x:v>602213</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>107</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>602213</x:v>
+        <x:v>547770</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>547770</x:v>
+        <x:v>515633</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>515633</x:v>
+        <x:v>605767</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605767</x:v>
+        <x:v>614742</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>614742</x:v>
+        <x:v>547693</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>37464</x:v>
+        <x:v>37374</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>31652</x:v>
+        <x:v>31606</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>547693</x:v>
+        <x:v>594084</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>594084</x:v>
+        <x:v>594085</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>594085</x:v>
+        <x:v>594086</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>594087</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -3995,231 +3996,231 @@
       <x:c r="G43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>500985</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>552110</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>604341</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>515631</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
@@ -4232,51 +4233,51 @@
       <x:c r="E47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>514127</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
@@ -4293,111 +4294,111 @@
       <x:c r="G48" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>550240</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>547694</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -4414,51 +4415,51 @@
       <x:c r="G50" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>558857</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
@@ -4474,60 +4475,60 @@
       <x:c r="G51" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R51" s="0" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>550239</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -4535,111 +4536,111 @@
       <x:c r="G52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="R52" s="14" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>605686</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>605687</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
@@ -4656,51 +4657,51 @@
       <x:c r="G54" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>602802</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -4716,51 +4717,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>500986</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4777,51 +4778,51 @@
       <x:c r="G56" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>602801</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -5043,54 +5044,54 @@
       <x:c r="S60" s="14" t="n">
         <x:v>602312</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5404,54 +5405,54 @@
       <x:c r="S66" s="14" t="n">
         <x:v>550242</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -5582,194 +5583,194 @@
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>605689</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>585580</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>509255</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37374</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>541914</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
@@ -5811,135 +5812,135 @@
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>540864</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>509244</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597742</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
@@ -5982,78 +5983,78 @@
       <x:c r="R76" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581443</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37464</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>31652</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>541905</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
@@ -6152,142 +6153,141 @@
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>491843</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>135</x:v>
-[...1 lines deleted...]
-      <x:c r="H80" s="14" t="s"/>
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="H80" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
       <x:c r="I80" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>493605</x:v>
+        <x:v>572446</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>107</x:v>
-[...2 lines deleted...]
-        <x:v>108</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>572446</x:v>
+        <x:v>493605</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
@@ -6321,194 +6321,194 @@
       <x:c r="R82" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>572450</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>572447</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>509245</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37405</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>23083</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>541906</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
@@ -6776,54 +6776,54 @@
       <x:c r="S90" s="14" t="n">
         <x:v>594225</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -6837,54 +6837,54 @@
         <x:v>515637</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -6897,54 +6897,54 @@
       <x:c r="S92" s="14" t="n">
         <x:v>611243</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -6956,194 +6956,194 @@
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>547698</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>609806</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>513337</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37495</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22411</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>543645</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
@@ -8420,137 +8420,137 @@
       <x:c r="R118" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>556140</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>568809</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>615508</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
@@ -8558,51 +8558,51 @@
       <x:c r="G121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>586927</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
@@ -8611,100 +8611,100 @@
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>586930</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>586929</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
@@ -8713,51 +8713,51 @@
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>31686</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>586928</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>232</x:v>
@@ -9377,100 +9377,100 @@
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>586968</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>586975</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
@@ -9479,100 +9479,100 @@
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>586980</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>586970</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
@@ -9581,100 +9581,100 @@
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>586967</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>586969</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
@@ -9683,100 +9683,100 @@
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>586972</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>586977</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
@@ -9785,100 +9785,100 @@
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>586971</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>586974</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
@@ -9887,100 +9887,100 @@
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>586976</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>31685</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>586979</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36950</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
@@ -11333,218 +11333,218 @@
         <x:v>293</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>71111</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>600728</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>615514</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>540869</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>547752</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11715,54 +11715,54 @@
       <x:c r="I179" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>538049</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
@@ -11883,54 +11883,54 @@
       <x:c r="I182" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>577541</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
@@ -11943,114 +11943,114 @@
       <x:c r="K183" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>582143</x:v>
+        <x:v>538048</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37317</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>23692</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>538048</x:v>
+        <x:v>582143</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>