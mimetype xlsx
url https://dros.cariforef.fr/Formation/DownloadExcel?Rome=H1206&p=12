--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -509,65 +509,65 @@
   <x:si>
     <x:t>Wedge Academy</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en digitalisation et exploitation des bâtiments (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Académie du Management</x:t>
   </x:si>
   <x:si>
     <x:t>ACAMAN</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en énergies renouvelables (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure des Mines de Paris</x:t>
   </x:si>
   <x:si>
     <x:t>ENSMP</x:t>
   </x:si>
   <x:si>
     <x:t>75006</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie solaire</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
@@ -950,60 +950,60 @@
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques parcours préparation MEEF</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences de la vie</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie et génie biologique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
@@ -3643,160 +3643,159 @@
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>596774</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>35479</x:v>
+        <x:v>41595</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>575553</x:v>
+        <x:v>596775</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>41595</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>596775</x:v>
+        <x:v>575553</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39848</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4398,150 +4397,150 @@
         <x:v>598029</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="Q38" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="S38" s="14" t="n">
+        <x:v>549370</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>50</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22213</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>549370</x:v>
+        <x:v>557088</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38908</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>132</x:v>
@@ -5194,161 +5193,161 @@
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>592394</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>451266</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>550302</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>194</x:v>
@@ -5540,57 +5539,57 @@
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>550283</x:v>
+        <x:v>501081</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>194</x:v>
@@ -5601,57 +5600,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>501081</x:v>
+        <x:v>550283</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40205</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -5721,160 +5720,159 @@
       <x:c r="N60" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s"/>
       <x:c r="Q60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595206</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>575055</x:v>
+        <x:v>624493</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="H62" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H62" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>12556</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>624493</x:v>
+        <x:v>575055</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>40530</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -5941,51 +5939,51 @@
       <x:c r="K64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>616043</x:v>
+        <x:v>597135</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
@@ -5995,51 +5993,51 @@
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>597135</x:v>
+        <x:v>616043</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>192</x:v>
@@ -6056,57 +6054,57 @@
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>605717</x:v>
+        <x:v>555743</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
@@ -6177,57 +6175,57 @@
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>555743</x:v>
+        <x:v>605717</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39450</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8624,128 +8622,128 @@
         <x:v>283</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>574918</x:v>
+        <x:v>574915</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>574915</x:v>
+        <x:v>574918</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -8828,219 +8826,219 @@
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>587477</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>592168</x:v>
+        <x:v>598013</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>592171</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>271</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>598013</x:v>
+        <x:v>592171</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
@@ -9053,51 +9051,51 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12046</x:v>
@@ -9107,51 +9105,51 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>278</x:v>
@@ -9164,51 +9162,51 @@
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>592167</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12046</x:v>
@@ -14583,103 +14581,105 @@
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>591984</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>39</x:v>
-[...1 lines deleted...]
-      <x:c r="H216" s="14" t="s"/>
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="H216" s="14" t="s">
+        <x:v>431</x:v>
+      </x:c>
       <x:c r="I216" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>591983</x:v>
+        <x:v>615681</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -14742,230 +14742,227 @@
       <x:c r="K218" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>615681</x:v>
+        <x:v>578592</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>578592</x:v>
+        <x:v>587824</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>587824</x:v>
+        <x:v>578591</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38981</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
-        <x:v>430</x:v>
-[...2 lines deleted...]
-        <x:v>431</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>578591</x:v>
+        <x:v>591983</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -16346,160 +16343,159 @@
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>592125</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>581566</x:v>
+        <x:v>592121</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="H248" s="14" t="s"/>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H248" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>11040</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>592121</x:v>
+        <x:v>581566</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39416</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -21549,51 +21545,51 @@
       <x:c r="L338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>549439</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">