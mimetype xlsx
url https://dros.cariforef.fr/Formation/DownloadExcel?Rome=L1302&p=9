--- v0 (2026-03-31)
+++ v1 (2026-03-31)
@@ -323,65 +323,65 @@
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sport 4.0</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA TOUR-D'AIGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Caster les personnages d'un documentaire</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
@@ -518,66 +518,66 @@
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Documentaire sonore de création</x:t>
   </x:si>
   <x:si>
     <x:t>Phonurgia Nova</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Radio télévision</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>07/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>10/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU direction et maitrise financière de la production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>La mobilité internationale du spectacle vivant</x:t>
   </x:si>
@@ -2262,289 +2262,289 @@
       <x:c r="K15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>546508</x:v>
+        <x:v>499850</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>535327</x:v>
+        <x:v>602156</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>611110</x:v>
+        <x:v>546508</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>499850</x:v>
+        <x:v>535327</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>87</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>46244</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="S19" s="0" t="n">
+        <x:v>611110</x:v>
+      </x:c>
+      <x:c r="T19" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="S19" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37019</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>91</x:v>
@@ -2897,51 +2897,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>578963</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39107</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -3257,51 +3257,51 @@
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>605662</x:v>
+        <x:v>605663</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>146</x:v>
@@ -3310,100 +3310,100 @@
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>605663</x:v>
+        <x:v>605664</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46245</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>605664</x:v>
+        <x:v>605662</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>146</x:v>