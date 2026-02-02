--- v0 (2025-12-11)
+++ v1 (2026-02-02)
@@ -221,63 +221,63 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur des Techniques du Spectacle - CFA Régional Métiers du Spectacle - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DT métiers du spectacle option techniques de l'habillage</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Lycée des métiers La Calade - Jane Vialle </x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>LP la Calade</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DT métiers du spectacle option techniques de l'habillage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -859,162 +859,162 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>595602</x:v>
+        <x:v>595603</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>595603</x:v>
+        <x:v>595604</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>595604</x:v>
+        <x:v>595602</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39029</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1053,145 +1053,145 @@
       </x:c>
       <x:c r="S5" s="0" t="n">
         <x:v>547359</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39029</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592176</x:v>
+        <x:v>592175</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39029</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592175</x:v>
+        <x:v>592176</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39029</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>41</x:v>