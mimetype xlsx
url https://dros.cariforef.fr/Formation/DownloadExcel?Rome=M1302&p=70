--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -428,80 +428,80 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Spécialisation coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>BM coiffeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
+    <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Arles (Grille)</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 8e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Association Ecole de Coiffure Marseille Provence Arcole - CFA Coiffure MP Arcole</x:t>
@@ -842,65 +842,65 @@
   <x:si>
     <x:t>LP Leau</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>École Terrade Marseille</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Groupe Peyrefitte </x:t>
   </x:si>
   <x:si>
     <x:t>FORMAVAR</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option A management (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Leau</x:t>
   </x:si>
   <x:si>
+    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARROS</x:t>
+  </x:si>
+  <x:si>
     <x:t>IFP Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader - Antenne Marseille 6ème</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Magnan</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Maria Casares</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'esthétique, de la cosmétique et de la parfumerie option B formation-marques</x:t>
@@ -2525,56 +2525,56 @@
   <x:si>
     <x:t>Environnement aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Isara - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE programme grande école</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge programme grande école spécialisation audit expert (Apprentissage)</x:t>
@@ -2741,113 +2741,113 @@
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>manager des hébergements touristiques</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise touristique</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des hébergements touristiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Exxea</x:t>
   </x:si>
   <x:si>
     <x:t>12/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager des organisations (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stéphane Auger Com - Fabrik Tête d'Affiche</x:t>
   </x:si>
   <x:si>
+    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Sainte Marie - Institut Supérieur du Tourisme de Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Someform</x:t>
+  </x:si>
+  <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>BOUC-BEL-AIR</x:t>
   </x:si>
   <x:si>
-    <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Delta - Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Forma Var - Antenne Formaplus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUGET-SUR-ARGENS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
-    <x:t>Forma Var - Antenne Formaplus</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement d'entreprise et commercial (Apprentissage)</x:t>
@@ -3371,62 +3371,62 @@
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional de Formation à l'Environnement et au Développement Durable - CFA Régional Métiers de l'Environnement et du Développement Durable</x:t>
   </x:si>
   <x:si>
     <x:t>IRFEDD</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel responsable de petite ou moyenne structure (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performa</x:t>
+  </x:si>
+  <x:si>
     <x:t>Weno Ies</x:t>
   </x:si>
   <x:si>
     <x:t>93110</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel responsable de petite ou moyenne structure (Contrat de Professionnalisation)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
   </x:si>
   <x:si>
     <x:t>INFREP</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
@@ -3440,96 +3440,96 @@
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cpe-Cfa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CPEAS - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeune 16-25 ans , Public en emploi , Public sans emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cpe-Cfa</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable de petite ou moyenne structure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Performa - Antenne Saint Raphaël</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Skillence</x:t>
   </x:si>
@@ -5702,277 +5702,278 @@
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>549153</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>555003</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="U28" s="16" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>555003</x:v>
+        <x:v>553195</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>504767</x:v>
+        <x:v>549151</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>504767</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="S31" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>92</x:v>
@@ -6043,113 +6044,113 @@
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>504764</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>504766</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -6211,66 +6212,66 @@
       <x:c r="H36" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>502135</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -6283,54 +6284,54 @@
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>502204</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>92</x:v>
@@ -6344,54 +6345,54 @@
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>501896</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -6463,54 +6464,54 @@
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>504763</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -6579,54 +6580,54 @@
       <x:c r="L42" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>498248</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -6639,54 +6640,54 @@
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>502234</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -6743,57 +6744,57 @@
       <x:c r="G45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>572424</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -6864,118 +6865,118 @@
       <x:c r="H47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>502136</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>588229</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -7106,57 +7107,57 @@
       <x:c r="H51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>604157</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -7239,54 +7240,54 @@
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>501897</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>40921</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>92</x:v>
@@ -7481,54 +7482,54 @@
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>502205</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>92</x:v>
@@ -7624,214 +7625,214 @@
         <x:v>553316</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>501767</x:v>
+        <x:v>496988</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>501898</x:v>
+        <x:v>605179</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>496988</x:v>
+        <x:v>607607</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
@@ -7884,135 +7885,135 @@
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>605179</x:v>
+        <x:v>501767</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>607607</x:v>
+        <x:v>501898</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>36764</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>154</x:v>
@@ -8486,54 +8487,54 @@
       <x:c r="L74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>504173</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -8654,51 +8655,51 @@
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>495204</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -8886,51 +8887,51 @@
       <x:c r="M81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>517312</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -9121,54 +9122,54 @@
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>511045</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -9259,148 +9260,148 @@
         <x:v>609229</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>495210</x:v>
+        <x:v>555007</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>555007</x:v>
+        <x:v>495210</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -10251,325 +10252,325 @@
       <x:c r="S104" s="14" t="n">
         <x:v>554543</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>601139</x:v>
+        <x:v>578859</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>601623</x:v>
+        <x:v>601139</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>499324</x:v>
+        <x:v>601623</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>554417</x:v>
+        <x:v>499324</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>171</x:v>
-[...2 lines deleted...]
-        <x:v>172</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>578859</x:v>
+        <x:v>554417</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -10632,60 +10633,60 @@
       <x:c r="J111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>491859</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -10862,51 +10863,51 @@
       <x:c r="J115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>542317</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -11147,108 +11148,108 @@
       <x:c r="L120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>498109</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>509665</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -11258,54 +11259,54 @@
       <x:c r="L122" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>495626</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11315,51 +11316,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>591319</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -11585,51 +11586,51 @@
       <x:c r="J128" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>596927</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -11710,94 +11711,94 @@
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>596934</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>616212</x:v>
+        <x:v>612676</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
@@ -11810,111 +11811,111 @@
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>612676</x:v>
+        <x:v>544981</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>544981</x:v>
+        <x:v>616212</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -12205,60 +12206,60 @@
       <x:c r="J139" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>493096</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
@@ -12293,375 +12294,376 @@
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
+      <x:c r="H141" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="R141" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="R141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>601331</x:v>
+        <x:v>504522</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>601410</x:v>
+        <x:v>599062</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>566900</x:v>
+        <x:v>546754</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="H144" s="14" t="s"/>
+      <x:c r="I144" s="16" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="Q144" s="16" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>504522</x:v>
+        <x:v>601331</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>599062</x:v>
+        <x:v>601410</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>546754</x:v>
+        <x:v>566900</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -12680,51 +12682,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>499885</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -12736,54 +12738,54 @@
       <x:c r="L148" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>499328</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -13138,51 +13140,51 @@
       <x:c r="J155" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>547717</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -13263,51 +13265,51 @@
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>517313</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
@@ -13435,54 +13437,54 @@
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>504797</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -13574,84 +13576,84 @@
       <x:c r="S162" s="14" t="n">
         <x:v>608234</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>547250</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -14043,616 +14045,615 @@
       <x:c r="S170" s="14" t="n">
         <x:v>607281</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>548749</x:v>
+        <x:v>602320</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>506054</x:v>
+        <x:v>548749</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>498838</x:v>
+        <x:v>506054</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>519729</x:v>
+        <x:v>554425</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>554425</x:v>
+        <x:v>603629</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>167</x:v>
-[...1 lines deleted...]
-      <x:c r="H176" s="14" t="s"/>
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H176" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I176" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>603629</x:v>
+        <x:v>605603</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>260</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>605603</x:v>
+        <x:v>519729</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>544990</x:v>
+        <x:v>498838</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>547273</x:v>
+        <x:v>544990</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>602320</x:v>
+        <x:v>547273</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -14778,54 +14779,54 @@
       <x:c r="L183" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>495467</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>84</x:v>
@@ -14839,54 +14840,54 @@
       <x:c r="L184" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>510995</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15064,54 +15065,54 @@
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>544982</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -15196,149 +15197,149 @@
       <x:c r="S190" s="14" t="n">
         <x:v>596926</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>519733</x:v>
+        <x:v>498842</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>498842</x:v>
+        <x:v>519733</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15660,265 +15661,265 @@
       <x:c r="S198" s="14" t="n">
         <x:v>558034</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>599753</x:v>
+        <x:v>558919</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>600454</x:v>
+        <x:v>517314</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>517314</x:v>
+        <x:v>599753</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>558919</x:v>
+        <x:v>600454</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -15987,102 +15988,102 @@
       <x:c r="L204" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>495470</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>566905</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16392,104 +16393,104 @@
       <x:c r="L211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>504799</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>601332</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37375</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -16740,54 +16741,54 @@
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22885</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>504801</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
@@ -17845,51 +17846,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>510590</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -17954,63 +17955,63 @@
       <x:c r="H238" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>556146</x:v>
+        <x:v>603412</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -18020,121 +18021,121 @@
       <x:c r="J239" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>602555</x:v>
+        <x:v>556146</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>603412</x:v>
+        <x:v>602555</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -18477,54 +18478,54 @@
       <x:c r="I247" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>596761</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>41623</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
@@ -18779,51 +18780,51 @@
       <x:c r="J252" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>554895</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -18839,51 +18840,51 @@
       <x:c r="J253" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>603436</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -19148,51 +19149,51 @@
       <x:c r="L258" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>509936</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -19323,51 +19324,51 @@
       <x:c r="J261" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>554894</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -19384,51 +19385,51 @@
       <x:c r="J262" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>603434</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -19511,51 +19512,51 @@
       <x:c r="L264" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -19962,54 +19963,54 @@
       <x:c r="L272" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>506457</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -20022,51 +20023,51 @@
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>539168</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
@@ -20078,51 +20079,51 @@
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>499363</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -20135,51 +20136,51 @@
       <x:c r="L275" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>499360</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>34734</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
@@ -20194,51 +20195,51 @@
       <x:c r="L276" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>499366</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>50</x:v>
@@ -24725,51 +24726,51 @@
       <x:c r="I365" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>595093</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
@@ -26969,51 +26970,51 @@
       <x:c r="I409" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>568189</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>609</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>39577</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
@@ -27551,51 +27552,51 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>528743</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>635</x:v>
@@ -28234,51 +28235,51 @@
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>614300</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
@@ -29544,51 +29545,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>538239</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>40981</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="H459" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>731</x:v>
       </x:c>
@@ -30278,51 +30279,51 @@
       <x:c r="J471" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>608273</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
@@ -30335,51 +30336,51 @@
       <x:c r="J472" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
         <x:v>608272</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>755</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40385</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>763</x:v>
       </x:c>
@@ -31592,51 +31593,51 @@
       <x:c r="L495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>497289</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -31817,54 +31818,54 @@
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>589592</x:v>
+        <x:v>525429</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31874,108 +31875,108 @@
       <x:c r="K500" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>525429</x:v>
+        <x:v>525432</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>525432</x:v>
+        <x:v>589592</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -31991,51 +31992,51 @@
       <x:c r="M502" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>525430</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32045,51 +32046,51 @@
       <x:c r="M503" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>477934</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>819</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -32102,102 +32103,102 @@
       <x:c r="M504" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>589591</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>819</x:v>
+        <x:v>818</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>525431</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -32213,51 +32214,51 @@
       <x:c r="M506" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>589588</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>818</x:v>
+        <x:v>819</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -32688,75 +32689,75 @@
         <x:v>58</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>600232</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>614279</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>832</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
@@ -34095,54 +34096,54 @@
       <x:c r="L539" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>506456</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="I540" s="16" t="s">
         <x:v>873</x:v>
@@ -34159,51 +34160,51 @@
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>874</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>557249</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>40353</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -34395,172 +34396,172 @@
       <x:c r="M544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>590105</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
-        <x:v>36493</x:v>
+        <x:v>40353</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="H545" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>541388</x:v>
+        <x:v>608402</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
-        <x:v>40353</x:v>
+        <x:v>36493</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>608402</x:v>
+        <x:v>541388</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>36493</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
       <x:c r="E547" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -34690,51 +34691,51 @@
       <x:c r="M549" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>542081</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>888</x:v>
       </x:c>
       <x:c r="H550" s="14" t="s"/>
       <x:c r="I550" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -34762,150 +34763,149 @@
       <x:c r="R550" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>590178</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>889</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="G551" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-        <x:v>70</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
-        <x:v>521700</x:v>
+        <x:v>611285</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="U551" s="4" t="s">
         <x:v>890</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
         <x:v>887</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s"/>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H552" s="14" t="s"/>
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="H552" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="I552" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>611285</x:v>
+        <x:v>521700</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>700</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H553" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -34971,51 +34971,51 @@
       <x:c r="J554" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
         <x:v>546844</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="E555" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -35056,261 +35056,261 @@
         <x:v>547152</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K556" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L556" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
-        <x:v>896</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
-        <x:v>897</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
-        <x:v>898</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
-        <x:v>608960</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
-        <x:v>900</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K557" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L557" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M557" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
-        <x:v>901</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
-        <x:v>547476</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
-        <x:v>902</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
-        <x:v>902</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>491</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>495334</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>888</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>546791</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
@@ -35376,161 +35376,161 @@
       <x:c r="J561" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>893</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>499451</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>513670</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>552219</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
@@ -35602,110 +35602,110 @@
       <x:c r="G565" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
         <x:v>553371</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>899</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
-        <x:v>900</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>901</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>547477</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
@@ -35730,54 +35730,54 @@
       <x:c r="L567" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
         <x:v>154</x:v>
@@ -35928,256 +35928,256 @@
       <x:c r="S570" s="14" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
-        <x:v>902</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
-        <x:v>490</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>907</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>552224</x:v>
+        <x:v>548735</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
-        <x:v>896</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
-        <x:v>897</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>898</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>608959</x:v>
+        <x:v>552224</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>905</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
-        <x:v>908</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
-        <x:v>909</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>910</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>548735</x:v>
+        <x:v>608959</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
-        <x:v>906</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
+        <x:v>907</x:v>
+      </x:c>
+      <x:c r="Q574" s="16" t="s">
         <x:v>908</x:v>
       </x:c>
-      <x:c r="Q574" s="16" t="s">
+      <x:c r="R574" s="14" t="s">
         <x:v>909</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>910</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>548736</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -36258,51 +36258,51 @@
       <x:c r="M576" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="R576" s="14" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S576" s="14" t="n">
         <x:v>518424</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -36431,51 +36431,51 @@
       <x:c r="M579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
         <x:v>518423</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
         <x:v>911</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
@@ -36544,54 +36544,54 @@
       <x:c r="L581" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
         <x:v>497626</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="I582" s="16" t="s">
         <x:v>559</x:v>
@@ -36608,51 +36608,51 @@
       <x:c r="M582" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
@@ -36807,135 +36807,135 @@
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>892</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>919</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>39354</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -38666,51 +38666,51 @@
       <x:c r="M618" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N618" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O618" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>581078</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="G619" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -40586,51 +40586,51 @@
       <x:c r="M653" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
         <x:v>558233</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s"/>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="H654" s="14" t="s">
         <x:v>846</x:v>
       </x:c>
       <x:c r="I654" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
@@ -40869,54 +40869,54 @@
       <x:c r="L658" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M658" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N658" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O658" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P658" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q658" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R658" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S658" s="14" t="n">
         <x:v>538971</x:v>
       </x:c>
       <x:c r="T658" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U658" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="659" spans="1:21">
       <x:c r="A659" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B659" s="0" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="C659" s="3" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D659" s="3" t="s"/>
       <x:c r="E659" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G659" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I659" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J659" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -40929,51 +40929,51 @@
       <x:c r="M659" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N659" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O659" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P659" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q659" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R659" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S659" s="0" t="n">
         <x:v>556163</x:v>
       </x:c>
       <x:c r="T659" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U659" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="660" spans="1:21">
       <x:c r="A660" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B660" s="14" t="s">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="C660" s="15" t="n">
         <x:v>38113</x:v>
       </x:c>
       <x:c r="D660" s="15" t="s"/>
       <x:c r="E660" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
@@ -41696,54 +41696,54 @@
       <x:c r="L673" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>23622</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>501215</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="C674" s="15" t="n">
         <x:v>36393</x:v>
       </x:c>
       <x:c r="D674" s="15" t="s"/>
       <x:c r="E674" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F674" s="14" t="s"/>
       <x:c r="G674" s="14" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="I674" s="16" t="s">
         <x:v>84</x:v>
@@ -42793,157 +42793,157 @@
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>574478</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>1095</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>1075</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="G693" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
-        <x:v>1101</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
-        <x:v>1100</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
-        <x:v>1101</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>863</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>581606</x:v>
+        <x:v>588117</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>181</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>1102</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
       <x:c r="E694" s="14" t="s"/>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>1103</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
+        <x:v>1102</x:v>
+      </x:c>
+      <x:c r="Q694" s="16" t="s">
         <x:v>1103</x:v>
       </x:c>
-      <x:c r="Q694" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>588117</x:v>
+        <x:v>581606</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C695" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D695" s="3" t="s"/>
       <x:c r="G695" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="J695" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K695" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
@@ -43238,51 +43238,51 @@
       <x:c r="M700" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
         <x:v>613319</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>891</x:v>
+        <x:v>890</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="I701" s="4" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>1076</x:v>
       </x:c>
@@ -43922,318 +43922,317 @@
       <x:c r="R712" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
         <x:v>584370</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
         <x:v>1077</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C713" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D713" s="3" t="s"/>
       <x:c r="G713" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="H713" s="0" t="s">
-        <x:v>1074</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I713" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>1073</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>551735</x:v>
+        <x:v>577539</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>1123</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
       <x:c r="E714" s="14" t="s"/>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="H714" s="14" t="s"/>
       <x:c r="I714" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>615338</x:v>
+        <x:v>581452</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>1124</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>1126</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
-        <x:v>1125</x:v>
-[...2 lines deleted...]
-        <x:v>1126</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
-        <x:v>1127</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>1125</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>577539</x:v>
+        <x:v>617718</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>1111</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s"/>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>1068</x:v>
-[...1 lines deleted...]
-      <x:c r="H716" s="14" t="s"/>
+        <x:v>1073</x:v>
+      </x:c>
+      <x:c r="H716" s="14" t="s">
+        <x:v>1074</x:v>
+      </x:c>
       <x:c r="I716" s="16" t="s">
-        <x:v>1069</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
-        <x:v>1076</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
-        <x:v>1068</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
-        <x:v>1069</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>581452</x:v>
+        <x:v>551735</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>1128</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
       <x:c r="G717" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
-        <x:v>1093</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
-        <x:v>1091</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>1092</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>1065</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
-        <x:v>617718</x:v>
+        <x:v>615338</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>663</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>1111</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s"/>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s"/>
       <x:c r="I718" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -44261,75 +44260,75 @@
       <x:c r="R718" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
         <x:v>590143</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
         <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="G719" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
         <x:v>588119</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
@@ -44660,506 +44659,505 @@
         <x:v>602621</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
         <x:v>1132</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H726" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H726" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I726" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
-        <x:v>928</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
-        <x:v>608992</x:v>
+        <x:v>604193</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
       <x:c r="E727" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G727" s="0" t="s">
-        <x:v>1133</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I727" s="4" t="s">
-        <x:v>1134</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="R727" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="S727" s="0" t="n">
+        <x:v>599556</x:v>
+      </x:c>
+      <x:c r="T727" s="4" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U727" s="4" t="s">
         <x:v>1134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C728" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D728" s="15" t="s"/>
       <x:c r="E728" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
-        <x:v>1103</x:v>
-[...1 lines deleted...]
-      <x:c r="H728" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H728" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I728" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K728" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
-        <x:v>1136</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
-        <x:v>599556</x:v>
+        <x:v>552835</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>1137</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
       <x:c r="E729" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G729" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
-        <x:v>604193</x:v>
+        <x:v>552961</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>1135</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
-        <x:v>90</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>1136</x:v>
+      </x:c>
+      <x:c r="H730" s="14" t="s"/>
       <x:c r="I730" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>552835</x:v>
+        <x:v>546280</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
       <x:c r="E731" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G731" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I731" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>552961</x:v>
+        <x:v>608992</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>1138</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
-        <x:v>1125</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s">
-        <x:v>1126</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I732" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
-        <x:v>1125</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>599032</x:v>
+        <x:v>604255</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
       <x:c r="E733" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G733" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="H733" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>604255</x:v>
+        <x:v>599032</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
@@ -45216,57 +45214,57 @@
       <x:c r="G735" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
         <x:v>553456</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
       <x:c r="E736" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -45544,566 +45542,565 @@
       <x:c r="S740" s="14" t="n">
         <x:v>605183</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="E741" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G741" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H741" s="0" t="s">
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
-        <x:v>865</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
-        <x:v>851</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>608656</x:v>
+        <x:v>552893</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>621</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
-        <x:v>1084</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s">
-        <x:v>1085</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I742" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K742" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>1084</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
-        <x:v>562</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>563</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>549789</x:v>
+        <x:v>553222</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
-        <x:v>1154</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="E743" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G743" s="0" t="s">
-        <x:v>1084</x:v>
-[...2 lines deleted...]
-        <x:v>1085</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
-        <x:v>1084</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
-        <x:v>562</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>563</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>601389</x:v>
+        <x:v>608656</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>834</x:v>
+        <x:v>621</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C744" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
-        <x:v>1125</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s">
-        <x:v>1126</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I744" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
-        <x:v>1125</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
-        <x:v>839</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>599033</x:v>
+        <x:v>549789</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
-        <x:v>797</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="E745" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G745" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="H745" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>1155</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
-        <x:v>1156</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
-        <x:v>1157</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>553292</x:v>
+        <x:v>599033</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
-        <x:v>334</x:v>
-[...1 lines deleted...]
-      <x:c r="H746" s="14" t="s"/>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="H746" s="14" t="s">
+        <x:v>91</x:v>
+      </x:c>
       <x:c r="I746" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K746" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>553461</x:v>
+        <x:v>553292</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="E747" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G747" s="0" t="s">
-        <x:v>90</x:v>
-[...2 lines deleted...]
-        <x:v>91</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>1139</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
-        <x:v>839</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>552893</x:v>
+        <x:v>553461</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I748" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>553222</x:v>
+        <x:v>601389</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>834</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="E749" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G749" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
         <x:v>542124</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C750" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
@@ -46297,51 +46294,51 @@
       <x:c r="M753" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N753" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O753" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P753" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q753" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R753" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S753" s="0" t="n">
         <x:v>553740</x:v>
       </x:c>
       <x:c r="T753" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U753" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="754" spans="1:21">
       <x:c r="A754" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B754" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C754" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D754" s="15" t="s"/>
       <x:c r="E754" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F754" s="14" t="s"/>
       <x:c r="G754" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H754" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I754" s="16" t="s">
         <x:v>92</x:v>
@@ -46358,51 +46355,51 @@
       <x:c r="M754" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N754" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O754" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P754" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q754" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R754" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S754" s="14" t="n">
         <x:v>553309</x:v>
       </x:c>
       <x:c r="T754" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U754" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="755" spans="1:21">
       <x:c r="A755" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B755" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C755" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D755" s="3" t="s"/>
       <x:c r="E755" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G755" s="0" t="s">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="H755" s="0" t="s">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="I755" s="4" t="s">
         <x:v>562</x:v>
       </x:c>
@@ -46497,140 +46494,140 @@
       <x:c r="S756" s="14" t="n">
         <x:v>549788</x:v>
       </x:c>
       <x:c r="T756" s="16" t="s">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="U756" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="757" spans="1:21">
       <x:c r="A757" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B757" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C757" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D757" s="3" t="s"/>
       <x:c r="E757" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G757" s="0" t="s">
-        <x:v>1103</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I757" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J757" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K757" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L757" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M757" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N757" s="3" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O757" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P757" s="0" t="s">
-        <x:v>1136</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
         <x:v>599557</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
         <x:v>1162</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C758" s="15" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
-        <x:v>1133</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
-        <x:v>1134</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K758" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N758" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O758" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P758" s="14" t="s">
-        <x:v>1133</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
-        <x:v>1134</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
-        <x:v>1135</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>611175</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="E759" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -47299,51 +47296,51 @@
       <x:c r="M770" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N770" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O770" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P770" s="14" t="s">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="Q770" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R770" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S770" s="14" t="n">
         <x:v>552746</x:v>
       </x:c>
       <x:c r="T770" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U770" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="771" spans="1:21">
       <x:c r="A771" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="C771" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D771" s="3" t="s"/>
       <x:c r="E771" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="G771" s="0" t="s">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="I771" s="4" t="s">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="J771" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -47413,51 +47410,51 @@
       <x:c r="M772" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N772" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O772" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P772" s="14" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="Q772" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R772" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S772" s="14" t="n">
         <x:v>621795</x:v>
       </x:c>
       <x:c r="T772" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="U772" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="773" spans="1:21">
       <x:c r="A773" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B773" s="0" t="s">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="C773" s="3" t="n">
         <x:v>38575</x:v>
       </x:c>
       <x:c r="D773" s="3" t="s"/>
       <x:c r="G773" s="0" t="s">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="I773" s="4" t="s">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="J773" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K773" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -47630,51 +47627,51 @@
       <x:c r="J776" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="K776" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="L776" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M776" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N776" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O776" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="P776" s="14" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="Q776" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R776" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S776" s="14" t="n">
         <x:v>607829</x:v>
       </x:c>
       <x:c r="T776" s="16" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="U776" s="16" t="s">
         <x:v>1181</x:v>
       </x:c>
     </x:row>
     <x:row r="777" spans="1:21">
       <x:c r="A777" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B777" s="0" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="C777" s="3" t="s"/>
       <x:c r="D777" s="3" t="s"/>
       <x:c r="G777" s="0" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="H777" s="0" t="s">
         <x:v>1184</x:v>