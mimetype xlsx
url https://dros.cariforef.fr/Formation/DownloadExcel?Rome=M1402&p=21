--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -1385,59 +1385,59 @@
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing industriel</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion qualité</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
@@ -1895,59 +1895,59 @@
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Azur - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alternance Sud Azur - Groupe Alternance Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Var Vaucluse - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en stratégie d'entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>07/23/2025 00:00:00</x:t>
@@ -2024,467 +2024,467 @@
   <x:si>
     <x:t>master mention droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Droit environnement</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de la transition environnementale</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'énergie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de l'environnement parcours droit de l'urbanisme et droit de l'environnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours compliance et droit des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours contentieux économique, médiation et arbitrage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit de la banque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des assurances (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit des transports internationaux et de la supply chain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit du sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit et fiscalité de l'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit et gestion du patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit et management des activités maritimes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit et management du transport aérien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours entreprises en difficulté</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours ingénierie des sociétés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours marché des professionnels (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de la Banque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESBANQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de la Banque - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit international et droit européen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit comparé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit international et droit européen blocs de compétences BC05 - BC06 - BC07 - BC08 - BC09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit international et droit européen parcours action et droits humanitaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit international et droit européen parcours droit de l'Union européenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit international et droit européen parcours droit international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention droit social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Droit social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit social parcours droit des relations de travail et de la protection sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie de l'entreprise et des marchés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Statistique descriptive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours création d'entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours évaluation et conseil en action sociale et développement économique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la qualité, de la performance et du risque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention économie de l'entreprise et des marchés parcours management de la transition énergétique et environnementale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention entrepreneuriat et management de projets Parcours Entrepreneuriat et innovation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microéconomie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention ergonomie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CNAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention gestion des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention innovation, entreprise et société</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention intervention et développement social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention intervention et développement social parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management de l'innovation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Innovation entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours marketing des produits innovants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours recherche, études et conseil en sciences de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management de l'innovation parcours stratégies digitales et pilotage des innovations numériques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration système</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management des systèmes d'information parcours management des systèmes d'information, conseil et transformation digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management et commerce international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management et commerce international parcours financement stratégies internationales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management et commerce international parcours management du commerce international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention management et commerce international parcours management international de l'hospitalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management stratégique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention philosophie parcours philosophie pratique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention psychologie sociale, du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Psychologie sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention psychologie sociale, du travail et des organisations parcours psychologie sociale du travail et des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention qualité, hygiène, sécurité parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention qualité, hygiène, sécurité parcours ingénierie des systèmes de management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention qualité, hygiène, sécurité parcours systèmes de management et excellence opérationnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention risques et environnement parcours gestion territoriale des risques naturels et technologiques - Sciences du risque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Activité physique et sportive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environnement agriculture</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours biologie végétale et biotechnologies environnementales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention sciences sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mastère spé. innovation, transformation, entrepreneuriat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien coaching</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EFPP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion carrière personnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de ressources et d'enseignement supérieur en psychologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRESP FORMATIONS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Handicapé moteur , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>programme d'études avancées en management durable</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité innovation, transformation et entrepreneuriat (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité marketing brand management and communication (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme d'études avancées en management durable spécificité marketing digital and sales (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Programme supérieur de gestion et de commerce</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit de l'environnement parcours gouvernance environnementale et sociétale de l'entreprise (Contrat de Professionnalisation)</x:t>
-[...412 lines deleted...]
-  <x:si>
     <x:t>09/05/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme supérieur de gestion et de commerce (3ème année)</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme supérieur de gestion et de commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2027 00:00:00</x:t>
@@ -2600,63 +2600,63 @@
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Management environnemental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
-    <x:t>Management environnemental</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Skema programme grande école</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -6863,114 +6863,114 @@
       <x:c r="K64" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>601348</x:v>
+        <x:v>589799</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>589799</x:v>
+        <x:v>601348</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40853</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
@@ -13082,111 +13082,111 @@
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>477933</x:v>
+        <x:v>589590</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>394</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>395</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>589590</x:v>
+        <x:v>477933</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36419</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -14185,154 +14185,154 @@
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>498275</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>304</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>438</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>498273</x:v>
+        <x:v>546603</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>34091</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>546603</x:v>
+        <x:v>498273</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>36519</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
@@ -16032,148 +16032,148 @@
         <x:v>608957</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>546791</x:v>
+        <x:v>547476</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>507</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>547476</x:v>
+        <x:v>553372</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
@@ -16206,206 +16206,206 @@
       <x:c r="S228" s="14" t="n">
         <x:v>608960</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>553372</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>495334</x:v>
+        <x:v>499451</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>499451</x:v>
+        <x:v>495334</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38825</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -19079,214 +19079,214 @@
         <x:v>589864</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>614697</x:v>
+        <x:v>589870</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>609188</x:v>
+        <x:v>614697</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>545</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>589870</x:v>
+        <x:v>609188</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41449</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -21175,114 +21175,114 @@
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>574461</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>590770</x:v>
+        <x:v>574461</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -21657,1431 +21657,1431 @@
         <x:v>552599</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>601820</x:v>
+        <x:v>554316</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>543479</x:v>
+        <x:v>601820</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>598</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>600598</x:v>
+        <x:v>543479</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>549493</x:v>
+        <x:v>600598</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>597</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>601472</x:v>
+        <x:v>549493</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>541165</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>601</x:v>
-[...1 lines deleted...]
-      <x:c r="H328" s="14" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H328" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I328" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>607490</x:v>
+        <x:v>541165</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>603</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="E329" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G329" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>552234</x:v>
+        <x:v>607490</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>545003</x:v>
+        <x:v>552234</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H331" s="0" t="s">
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>545494</x:v>
+        <x:v>545003</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>529</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>546151</x:v>
+        <x:v>545494</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>530</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>599175</x:v>
+        <x:v>546151</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>605</x:v>
+        <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>543561</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>605</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>609152</x:v>
+        <x:v>543561</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>498</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>499</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>601587</x:v>
+        <x:v>609152</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>607</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>548739</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>501</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>511</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>609149</x:v>
+        <x:v>548739</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>501</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H339" s="0" t="s">
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>601586</x:v>
+        <x:v>543949</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>607</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>526</x:v>
-[...1 lines deleted...]
-      <x:c r="H340" s="14" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H340" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I340" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>527</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>545492</x:v>
+        <x:v>545001</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>540</x:v>
+      </x:c>
+      <x:c r="H341" s="0" t="s">
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>548738</x:v>
+        <x:v>549285</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>593</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>594</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>595</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>554316</x:v>
+        <x:v>552644</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="E343" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G343" s="0" t="s">
-        <x:v>143</x:v>
-[...2 lines deleted...]
-        <x:v>144</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>541163</x:v>
+        <x:v>609149</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>600</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>601362</x:v>
+        <x:v>545492</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>596</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
-        <x:v>540</x:v>
-[...2 lines deleted...]
-        <x:v>541</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>543949</x:v>
+        <x:v>543532</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>143</x:v>
@@ -23098,408 +23098,407 @@
       <x:c r="K346" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>545001</x:v>
+        <x:v>541163</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
-        <x:v>38824</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
-        <x:v>540</x:v>
-[...2 lines deleted...]
-        <x:v>541</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
-        <x:v>32015</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>549285</x:v>
+        <x:v>601586</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="H348" s="14" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="H348" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
       <x:c r="I348" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>552644</x:v>
+        <x:v>601362</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>604</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>601473</x:v>
+        <x:v>548738</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>525</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>609155</x:v>
+        <x:v>601473</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C351" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="E351" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G351" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J351" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>610</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>554842</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>543532</x:v>
+        <x:v>554842</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
@@ -23570,51 +23569,51 @@
       <x:c r="L354" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>601363</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>596</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -24198,51 +24197,51 @@
       <x:c r="H365" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
-        <x:v>609</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>602496</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>549</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
@@ -24583,76 +24582,76 @@
         <x:v>553426</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>610</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>600584</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
@@ -26137,3065 +26136,3068 @@
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>576302</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>36420</x:v>
+        <x:v>36761</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H399" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>12518</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>598318</x:v>
+        <x:v>581232</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
-        <x:v>304</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>36761</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>12518</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>644</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>581232</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>597435</x:v>
+        <x:v>597434</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>597434</x:v>
+        <x:v>597437</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>597437</x:v>
+        <x:v>597436</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="P404" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="Q404" s="16" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="P404" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>597436</x:v>
+        <x:v>597438</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H405" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>597438</x:v>
+        <x:v>581239</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>581239</x:v>
+        <x:v>581240</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>581240</x:v>
+        <x:v>576305</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I408" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>576305</x:v>
+        <x:v>576307</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H409" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>576307</x:v>
+        <x:v>580564</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s">
-        <x:v>663</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I410" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>580564</x:v>
+        <x:v>576308</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H411" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>576308</x:v>
+        <x:v>576309</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>576309</x:v>
+        <x:v>581235</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H413" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>581235</x:v>
+        <x:v>581241</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>581241</x:v>
+        <x:v>581242</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>581242</x:v>
+        <x:v>581243</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>581243</x:v>
+        <x:v>571231</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>663</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>662</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>664</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>571231</x:v>
+        <x:v>581245</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>581245</x:v>
+        <x:v>581246</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>581246</x:v>
+        <x:v>576310</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>576310</x:v>
+        <x:v>581247</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H421" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>581247</x:v>
+        <x:v>581234</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
-        <x:v>304</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I422" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>581234</x:v>
+        <x:v>581248</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
+      <x:c r="E423" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="G423" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="H423" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>581248</x:v>
+        <x:v>542134</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>678</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
-      <x:c r="E424" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I424" s="16" t="s">
-        <x:v>681</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>542134</x:v>
+        <x:v>576311</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>36113</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>13231</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>648</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>576311</x:v>
+        <x:v>595447</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>595447</x:v>
+        <x:v>595445</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>684</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
+        <x:v>684</x:v>
+      </x:c>
+      <x:c r="P427" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="Q427" s="4" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="R427" s="0" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="P427" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>595445</x:v>
+        <x:v>595446</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="H428" s="14" t="s"/>
+      <x:c r="H428" s="14" t="s">
+        <x:v>687</x:v>
+      </x:c>
       <x:c r="I428" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>595446</x:v>
+        <x:v>609451</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>609451</x:v>
+        <x:v>576318</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>576318</x:v>
+        <x:v>576319</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>36113</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="G431" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>13231</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>576319</x:v>
+        <x:v>576320</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
-        <x:v>36113</x:v>
+        <x:v>38160</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K432" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>13231</x:v>
+        <x:v>13234</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
-        <x:v>648</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>576320</x:v>
+        <x:v>597459</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
-        <x:v>655</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>597459</x:v>
+        <x:v>597460</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38160</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H434" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H434" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I434" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>13234</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
-        <x:v>645</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
-        <x:v>597460</x:v>
+        <x:v>581254</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>38160</x:v>
+        <x:v>38182</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
-        <x:v>13234</x:v>
+        <x:v>11045</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>581254</x:v>
+        <x:v>597469</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>597469</x:v>
+        <x:v>597467</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>597467</x:v>
+        <x:v>597468</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H438" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H438" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I438" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>597468</x:v>
+        <x:v>575681</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H439" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>575681</x:v>
+        <x:v>575682</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I440" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>575682</x:v>
+        <x:v>575684</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38182</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>11045</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>575684</x:v>
+        <x:v>575685</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>38182</x:v>
+        <x:v>38296</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
-        <x:v>11045</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>575685</x:v>
+        <x:v>597443</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
-        <x:v>38296</x:v>
+        <x:v>35922</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H443" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
-        <x:v>13115</x:v>
+        <x:v>13133</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>597443</x:v>
+        <x:v>575029</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>35922</x:v>
+        <x:v>38544</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
-        <x:v>13133</x:v>
+        <x:v>32008</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>706</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>707</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>575029</x:v>
+        <x:v>588491</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>38544</x:v>
+        <x:v>35912</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>431</x:v>
-[...2 lines deleted...]
-        <x:v>710</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
-        <x:v>32008</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>588491</x:v>
+        <x:v>595470</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>595470</x:v>
+        <x:v>595468</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>595468</x:v>
+        <x:v>595469</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>713</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>595469</x:v>
+        <x:v>595472</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>595472</x:v>
+        <x:v>595471</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>78</x:v>
-[...1 lines deleted...]
-      <x:c r="H450" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H450" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I450" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>595471</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>575864</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
@@ -29207,111 +29209,111 @@
       <x:c r="J452" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>575866</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H453" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>581326</x:v>
+        <x:v>575867</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s">
@@ -29323,54 +29325,54 @@
       <x:c r="J454" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>575867</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H455" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -29380,1019 +29382,1018 @@
       <x:c r="J455" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>575868</x:v>
+        <x:v>575869</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>35912</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>575869</x:v>
+        <x:v>606182</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
-        <x:v>41077</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>606182</x:v>
+        <x:v>591996</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>720</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>591996</x:v>
+        <x:v>591995</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H459" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>591995</x:v>
+        <x:v>581564</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>723</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I460" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>581564</x:v>
+        <x:v>574965</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>35910</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>574965</x:v>
+        <x:v>595415</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>726</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H462" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H462" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I462" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>595415</x:v>
+        <x:v>575872</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H463" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>575872</x:v>
+        <x:v>575873</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>35910</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I464" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>32070</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
-        <x:v>727</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>575873</x:v>
+        <x:v>575874</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>35910</x:v>
+        <x:v>35908</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
-        <x:v>32070</x:v>
+        <x:v>31034</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>641</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>575874</x:v>
+        <x:v>595425</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H466" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H466" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I466" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>732</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>733</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>595425</x:v>
+        <x:v>575017</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
-        <x:v>35908</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
-        <x:v>31034</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
-        <x:v>732</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>706</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>707</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>575017</x:v>
+        <x:v>595423</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>595423</x:v>
+        <x:v>595421</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>595421</x:v>
+        <x:v>595422</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>735</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>595422</x:v>
+        <x:v>595424</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>735</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>65</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>595424</x:v>
+        <x:v>575875</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>575875</x:v>
+        <x:v>575876</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -30405,2153 +30406,2149 @@
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>575876</x:v>
+        <x:v>575877</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35909</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>641</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>639</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>575877</x:v>
+        <x:v>595496</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
-        <x:v>35909</x:v>
+        <x:v>40548</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>733</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>595496</x:v>
+        <x:v>592572</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>741</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40548</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H476" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H476" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I476" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
-        <x:v>742</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>592572</x:v>
+        <x:v>575780</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>40548</x:v>
+        <x:v>38990</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>14461</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>744</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>745</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>575780</x:v>
+        <x:v>591970</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>71</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>591970</x:v>
+        <x:v>575694</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>38990</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H479" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>747</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="Q479" s="4" t="s">
         <x:v>744</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>745</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>575694</x:v>
+        <x:v>575695</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>38990</x:v>
+        <x:v>38181</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>14461</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>747</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>744</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>745</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>575695</x:v>
+        <x:v>581572</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>581572</x:v>
+        <x:v>574992</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>38181</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I482" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>574992</x:v>
+        <x:v>574993</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>38181</x:v>
+        <x:v>39265</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>31407</x:v>
+        <x:v>12585</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>574993</x:v>
+        <x:v>577557</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>39265</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
-        <x:v>12585</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>754</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>755</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>577557</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>591871</x:v>
+        <x:v>591870</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>756</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>368</x:v>
-[...1 lines deleted...]
-      <x:c r="H486" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H486" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>591870</x:v>
+        <x:v>576274</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>576274</x:v>
+        <x:v>576272</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>759</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>576272</x:v>
+        <x:v>576271</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>39195</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-        <x:v>65</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>576271</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
-        <x:v>764</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>592072</x:v>
+        <x:v>592071</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>592071</x:v>
+        <x:v>592073</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>766</x:v>
-[...1 lines deleted...]
-      <x:c r="H492" s="14" t="s"/>
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="H492" s="14" t="s">
+        <x:v>65</x:v>
+      </x:c>
       <x:c r="I492" s="16" t="s">
-        <x:v>767</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>768</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
-        <x:v>769</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>770</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>592073</x:v>
+        <x:v>574997</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>763</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>574997</x:v>
+        <x:v>574998</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
-        <x:v>39195</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>64</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>763</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>724</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>574998</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>773</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="C495" s="3" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="C496" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
-        <x:v>103</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>32070</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>592011</x:v>
+        <x:v>592267</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="H497" s="0" t="s">
+        <x:v>776</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
-        <x:v>32070</x:v>
+        <x:v>15091</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
-        <x:v>727</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>592267</x:v>
+        <x:v>563336</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="H498" s="14" t="s">
         <x:v>776</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>563336</x:v>
+        <x:v>602573</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="H499" s="0" t="s">
         <x:v>776</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>777</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>602573</x:v>
+        <x:v>570547</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>780</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
-        <x:v>777</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>15091</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>570547</x:v>
+        <x:v>579037</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>399</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>775</x:v>
-[...1 lines deleted...]
-      <x:c r="C501" s="3" t="s"/>
+        <x:v>783</x:v>
+      </x:c>
+      <x:c r="C501" s="3" t="n">
+        <x:v>37548</x:v>
+      </x:c>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>781</x:v>
-[...2 lines deleted...]
-        <x:v>782</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J501" s="0" t="s">
+        <x:v>269</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
-        <x:v>15091</x:v>
+        <x:v>32024</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
-        <x:v>778</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>781</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>579037</x:v>
+        <x:v>592231</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
-        <x:v>44</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
-      <x:c r="E502" s="14" t="s"/>
+      <x:c r="E502" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>592231</x:v>
+        <x:v>553181</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>785</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
-        <x:v>785</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="E503" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>553181</x:v>
+        <x:v>559000</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>399</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>786</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>787</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>559000</x:v>
+        <x:v>558999</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>787</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>558999</x:v>
+        <x:v>558998</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
-        <x:v>789</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>37548</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>558998</x:v>
+        <x:v>558997</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
-        <x:v>37548</x:v>
+        <x:v>36420</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
-      <x:c r="E507" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
-        <x:v>32024</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>558997</x:v>
+        <x:v>476402</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>476402</x:v>
+        <x:v>598318</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>790</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>526916</x:v>
+        <x:v>526914</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>526914</x:v>
+        <x:v>526916</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>616</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>651</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>36420</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>32054</x:v>
@@ -33024,148 +33021,148 @@
         <x:v>552682</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>811</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>558984</x:v>
+        <x:v>552683</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>533</x:v>
+        <x:v>812</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>39205</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>807</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>808</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>595</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>552683</x:v>
+        <x:v>558984</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>810</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>812</x:v>
+        <x:v>533</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34109,323 +34106,323 @@
       <x:c r="K538" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>598343</x:v>
+        <x:v>598342</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>827</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>841</x:v>
+        <x:v>829</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>598342</x:v>
+        <x:v>599766</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>826</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>599766</x:v>
+        <x:v>598343</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>550649</x:v>
+        <x:v>549333</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>846</x:v>
+        <x:v>844</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>549333</x:v>
+        <x:v>550649</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>791</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>847</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>509562</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>848</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
@@ -34440,167 +34437,167 @@
       </x:c>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>509564</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>41446</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>611018</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>788</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>849</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>549301</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
@@ -34613,51 +34610,51 @@
       <x:c r="E547" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>549302</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">