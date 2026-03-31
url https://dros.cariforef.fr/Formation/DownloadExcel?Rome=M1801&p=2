--- v2 (2026-03-31)
+++ v3 (2026-03-31)
@@ -878,227 +878,230 @@
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A de St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>83703</x:t>
   </x:si>
   <x:si>
     <x:t>ST RAPHAEL CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>IPSSI</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUPE MY BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formaseq</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
-[...86 lines deleted...]
-    <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Honoré d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dominique Villars</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>M2s Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ensup Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>09/16/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
@@ -1205,68 +1208,65 @@
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option A : solutions d'infrastructure, systèmes et réseaux (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud|Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers</x:t>
   </x:si>
   <x:si>
+    <x:t>07/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
-    <x:t>07/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BTS services informatiques aux organisations option B : solutions logicielles et applications métiers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Collège et Lycée Général Technologique Professionnel Don Bosco - Cfa Régional Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>Ism Fénélon</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
@@ -1961,59 +1961,59 @@
   <x:si>
     <x:t>Formation à la carte (management et gestion de projet)</x:t>
   </x:si>
   <x:si>
     <x:t>Prevot Strat et Co</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/28/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire de la sécurité des données, des réseaux et des systèmes (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestionnaire en maintenance et support informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/23/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Git-Github</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology Infrastructure Library (ITIL4) : Bases</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>informatique (My Digital School)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
@@ -2039,204 +2039,204 @@
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Initiation aux langages HTML et CSS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Langage HTML</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiation sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Descodeuses</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Femme , Handicapé , Public sans emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Introduction HTML, CSS et JavaScript - bootcamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kubernetes : initiation + approfondissement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel open source</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Les Bases de la Cybersécurité - Protection et Prévention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Senza</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34070</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours informatique générale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Jean de La Salle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours mathématiques-informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention informatique parcours métiers du développement informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mathématiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'informatique : administration et sécurité des systèmes et des réseaux parcours cybersécurité et réponse à incident pour les systèmes d’information, industriels et urbains (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Charles Péguy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers des réseaux informatiques et télécommunications</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers des réseaux informatiques et télécommunications parcours réseau sans fil et haut débit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analyse de données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence Professionnelle - Métiers de l'informatique : administration et sécurité des systèmes et des réseaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esimed</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
-  </x:si>
-[...148 lines deleted...]
-    <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
@@ -7870,5929 +7870,5928 @@
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>544704</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>598912</x:v>
+        <x:v>506002</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>545167</x:v>
+        <x:v>607711</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>273</x:v>
-[...1 lines deleted...]
-      <x:c r="H88" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H88" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I88" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>506002</x:v>
+        <x:v>608471</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>278</x:v>
-[...2 lines deleted...]
-        <x:v>279</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>607711</x:v>
+        <x:v>509510</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>281</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>557603</x:v>
+        <x:v>509531</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>281</x:v>
-[...2 lines deleted...]
-        <x:v>282</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>608471</x:v>
+        <x:v>514137</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>46</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>278</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>509510</x:v>
+        <x:v>557603</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>509531</x:v>
+        <x:v>515226</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>514137</x:v>
+        <x:v>603559</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>515226</x:v>
+        <x:v>602758</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>603559</x:v>
+        <x:v>603639</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>614607</x:v>
+        <x:v>507531</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H98" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>498534</x:v>
+        <x:v>545167</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>501309</x:v>
+        <x:v>511092</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>608580</x:v>
+        <x:v>614607</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>515618</x:v>
+        <x:v>498534</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>602758</x:v>
+        <x:v>501309</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>603639</x:v>
+        <x:v>608580</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>312</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>511092</x:v>
+        <x:v>515618</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>501377</x:v>
+        <x:v>598912</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>547580</x:v>
+        <x:v>501377</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>588358</x:v>
+        <x:v>547580</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>552912</x:v>
+        <x:v>588358</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>603638</x:v>
+        <x:v>552912</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>502701</x:v>
+        <x:v>603638</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>600419</x:v>
+        <x:v>502701</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>496831</x:v>
+        <x:v>600419</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>608011</x:v>
+        <x:v>496831</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>549232</x:v>
+        <x:v>608011</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
-      <x:c r="E115" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549352</x:v>
+        <x:v>538411</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>223</x:v>
-[...1 lines deleted...]
-      <x:c r="H116" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>549512</x:v>
+        <x:v>549232</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H117" s="0" t="s">
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>552585</x:v>
+        <x:v>549352</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>507184</x:v>
+        <x:v>549512</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
-        <x:v>312</x:v>
-[...2 lines deleted...]
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>608275</x:v>
+        <x:v>552585</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>557041</x:v>
+        <x:v>507184</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>558867</x:v>
+        <x:v>608275</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>507185</x:v>
+        <x:v>557041</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>549126</x:v>
+        <x:v>558867</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>614687</x:v>
+        <x:v>507185</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>503860</x:v>
+        <x:v>549126</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="H126" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H126" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>605052</x:v>
+        <x:v>614687</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>556629</x:v>
+        <x:v>503860</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>340</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>495523</x:v>
+        <x:v>605052</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H129" s="0" t="s">
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>604928</x:v>
+        <x:v>556629</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>602759</x:v>
+        <x:v>495523</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>554383</x:v>
+        <x:v>604928</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>319</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>605524</x:v>
+        <x:v>602759</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>545073</x:v>
+        <x:v>554383</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>546764</x:v>
+        <x:v>605524</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>549013</x:v>
+        <x:v>545073</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q136" s="16" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="R136" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="S136" s="14" t="n">
+        <x:v>546764</x:v>
+      </x:c>
+      <x:c r="T136" s="16" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="U136" s="16" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>550682</x:v>
+        <x:v>549013</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>552569</x:v>
+        <x:v>549510</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>552640</x:v>
+        <x:v>550682</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>549733</x:v>
+        <x:v>552569</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>250</x:v>
-[...2 lines deleted...]
-        <x:v>279</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>607666</x:v>
+        <x:v>552640</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>278</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>607710</x:v>
+        <x:v>549733</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>600901</x:v>
+        <x:v>607666</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>556373</x:v>
+        <x:v>607710</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>600428</x:v>
+        <x:v>600901</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>158</x:v>
-[...1 lines deleted...]
-      <x:c r="H146" s="14" t="s"/>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H146" s="14" t="s">
+        <x:v>307</x:v>
+      </x:c>
       <x:c r="I146" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>549692</x:v>
+        <x:v>556373</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>535313</x:v>
+        <x:v>600428</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>502397</x:v>
+        <x:v>549692</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>359</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>502398</x:v>
+        <x:v>535313</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>503933</x:v>
+        <x:v>502397</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>504710</x:v>
+        <x:v>502398</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>556574</x:v>
+        <x:v>503933</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H153" s="0" t="s">
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>600374</x:v>
+        <x:v>504710</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>212</x:v>
-[...1 lines deleted...]
-      <x:c r="H154" s="14" t="s"/>
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="H154" s="14" t="s">
+        <x:v>275</x:v>
+      </x:c>
       <x:c r="I154" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>601935</x:v>
+        <x:v>556574</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>614310</x:v>
+        <x:v>600374</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>270</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>607855</x:v>
+        <x:v>601935</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>546521</x:v>
+        <x:v>614310</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>290</x:v>
-[...1 lines deleted...]
-      <x:c r="H158" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H158" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I158" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>514138</x:v>
+        <x:v>607855</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>552918</x:v>
+        <x:v>546521</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>546712</x:v>
+        <x:v>514138</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>499873</x:v>
+        <x:v>552918</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="U161" s="4" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>336</x:v>
-[...1 lines deleted...]
-      <x:c r="H162" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H162" s="14" t="s">
+        <x:v>301</x:v>
+      </x:c>
       <x:c r="I162" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>507186</x:v>
+        <x:v>546712</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>507233</x:v>
+        <x:v>499873</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>216</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>549227</x:v>
+        <x:v>507186</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>549511</x:v>
+        <x:v>507233</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>369</x:v>
-[...1 lines deleted...]
-      <x:c r="H166" s="14" t="s"/>
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s">
+        <x:v>217</x:v>
+      </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>552107</x:v>
+        <x:v>549227</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
+      <x:c r="E167" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G167" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>598484</x:v>
+        <x:v>549511</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598485</x:v>
+        <x:v>552107</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>588472</x:v>
+        <x:v>598484</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>588470</x:v>
+        <x:v>598485</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>599419</x:v>
+        <x:v>588472</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>518922</x:v>
+        <x:v>588470</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>595539</x:v>
+        <x:v>599419</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>595552</x:v>
+        <x:v>544707</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>595553</x:v>
+        <x:v>518922</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>614647</x:v>
+        <x:v>595539</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>544707</x:v>
+        <x:v>595552</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>595545</x:v>
+        <x:v>595553</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>595550</x:v>
+        <x:v>614647</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>595554</x:v>
+        <x:v>595545</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>595555</x:v>
+        <x:v>595550</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>497070</x:v>
+        <x:v>595554</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>606157</x:v>
+        <x:v>595555</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>507531</x:v>
+        <x:v>497070</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>258</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>590884</x:v>
+        <x:v>606157</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>119</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>538411</x:v>
+        <x:v>590884</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24220</x:v>
@@ -13802,51 +13801,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>544699</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
@@ -13859,51 +13858,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>611791</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
@@ -13916,51 +13915,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>588315</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
@@ -13973,51 +13972,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>595542</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24220</x:v>
@@ -14027,51 +14026,51 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>538341</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>160</x:v>
@@ -14084,51 +14083,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>595546</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24220</x:v>
@@ -14138,51 +14137,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>595547</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
@@ -14195,51 +14194,51 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>624536</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>24220</x:v>
@@ -14249,51 +14248,51 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>595548</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
@@ -14306,105 +14305,105 @@
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>595549</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>518921</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
@@ -14417,51 +14416,51 @@
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>555189</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>24220</x:v>
@@ -14471,51 +14470,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>595544</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
@@ -14528,51 +14527,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>595551</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>24220</x:v>
@@ -14593,197 +14592,197 @@
         <x:v>595556</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>550690</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>497034</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>608183</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
@@ -14830,78 +14829,78 @@
         <x:v>549238</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>549356</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
@@ -14929,131 +14928,131 @@
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>604931</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>554385</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15064,91 +15063,91 @@
         <x:v>605566</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>502702</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -15161,76 +15160,76 @@
       <x:c r="M211" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>498535</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -15240,81 +15239,81 @@
       <x:c r="S212" s="14" t="n">
         <x:v>556375</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>556381</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
@@ -15338,108 +15337,108 @@
       <x:c r="L214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>504971</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>507182</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
@@ -15475,54 +15474,54 @@
       <x:c r="S216" s="14" t="n">
         <x:v>545078</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -15570,290 +15569,290 @@
       <x:c r="L218" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>598913</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>552913</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>515227</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="I221" s="4" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>603560</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>556575</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -15863,79 +15862,79 @@
       <x:c r="L223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>498292</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -15945,149 +15944,149 @@
       <x:c r="S224" s="14" t="n">
         <x:v>607801</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>547581</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>514139</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
@@ -16122,147 +16121,147 @@
         <x:v>614688</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>545173</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="I229" s="4" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>499876</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
@@ -16277,169 +16276,169 @@
       <x:c r="L230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>557044</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>506004</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>511096</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -16455,51 +16454,51 @@
       <x:c r="M233" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>601936</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
@@ -16571,100 +16570,100 @@
       <x:c r="L235" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>503861</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>608013</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
@@ -16711,1728 +16710,1726 @@
         <x:v>499454</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>600662</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>497035</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>608472</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>557621</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>556632</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>602082</x:v>
+        <x:v>507183</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>588357</x:v>
+        <x:v>602082</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>552919</x:v>
+        <x:v>514140</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>290</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>332</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>290</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>514140</x:v>
+        <x:v>504711</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>330</x:v>
-[...2 lines deleted...]
-        <x:v>331</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>504711</x:v>
+        <x:v>546837</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>546837</x:v>
+        <x:v>605525</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>507234</x:v>
+        <x:v>502370</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>502371</x:v>
+        <x:v>507234</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>535305</x:v>
+        <x:v>502371</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>549018</x:v>
+        <x:v>535305</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>507181</x:v>
+        <x:v>549018</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>552108</x:v>
+        <x:v>507181</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>614603</x:v>
+        <x:v>552108</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>608581</x:v>
+        <x:v>614603</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>515619</x:v>
+        <x:v>608581</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
-        <x:v>40792</x:v>
+        <x:v>35340</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>549693</x:v>
+        <x:v>515619</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>600666</x:v>
+        <x:v>549693</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>600668</x:v>
+        <x:v>600666</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>270</x:v>
-[...2 lines deleted...]
-        <x:v>271</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>272</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>607856</x:v>
+        <x:v>600668</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>297</x:v>
-[...1 lines deleted...]
-      <x:c r="H262" s="14" t="s"/>
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s">
+        <x:v>294</x:v>
+      </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>546522</x:v>
+        <x:v>607856</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>509511</x:v>
+        <x:v>546522</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>507183</x:v>
+        <x:v>509511</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>605525</x:v>
+        <x:v>600421</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>35340</x:v>
+        <x:v>40792</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>502370</x:v>
+        <x:v>600661</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -18445,1176 +18442,1176 @@
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>605053</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>600421</x:v>
+        <x:v>614344</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>600661</x:v>
+        <x:v>588357</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>614344</x:v>
+        <x:v>552919</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>497033</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>588471</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>598487</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>598486</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>588473</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40792</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>598399</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>509806</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>507574</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H279" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>554010</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>543713</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>543714</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>554769</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>509807</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>504168</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>606243</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>553984</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>35340</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>606242</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35476</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
@@ -19864,51 +19861,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>513899</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
@@ -20266,51 +20263,51 @@
       <x:c r="I299" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>603428</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
@@ -20327,51 +20324,51 @@
       <x:c r="I300" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>554883</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
@@ -20387,51 +20384,51 @@
       <x:c r="I301" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>453831</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
@@ -20448,111 +20445,111 @@
       <x:c r="I302" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>554884</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>603429</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>41612</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
@@ -20625,51 +20622,51 @@
       <x:c r="I305" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31011</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>453836</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>41613</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
@@ -20742,51 +20739,51 @@
       <x:c r="I307" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>453837</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>41616</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
@@ -20914,111 +20911,111 @@
       <x:c r="I310" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>554904</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>35401</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>11036</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>603430</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>41617</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
@@ -21385,57 +21382,57 @@
       <x:c r="S318" s="14" t="n">
         <x:v>596938</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
@@ -21452,51 +21449,51 @@
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -21512,51 +21509,51 @@
       <x:c r="U320" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -21573,51 +21570,51 @@
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -21633,51 +21630,51 @@
       <x:c r="U322" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -21746,57 +21743,57 @@
       <x:c r="S324" s="14" t="n">
         <x:v>565695</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
@@ -21920,76 +21917,76 @@
         <x:v>620383</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>611125</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
@@ -22036,772 +22033,772 @@
         <x:v>607746</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>608603</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>535085</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>550733</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G335" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>550734</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>550732</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="E339" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G339" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>550737</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>535092</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
@@ -23738,51 +23735,51 @@
       <x:c r="J361" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>615182</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -24024,81 +24021,81 @@
       <x:c r="R366" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>611848</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H367" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>608352</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
@@ -24138,81 +24135,81 @@
       <x:c r="R368" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>551783</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H369" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>517234</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
@@ -24665,78 +24662,78 @@
       <x:c r="S378" s="14" t="n">
         <x:v>542275</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>34999</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H379" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>24223</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>564566</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
@@ -25672,133 +25669,133 @@
         <x:v>584952</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
@@ -25891,82 +25888,82 @@
       <x:c r="R401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>534100</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>572397</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="C403" s="3" t="s"/>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>260</x:v>
@@ -27151,82 +27148,82 @@
       <x:c r="I425" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>572378</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>626</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
@@ -27239,78 +27236,78 @@
       <x:c r="S426" s="14" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>627</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>37346</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H427" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
@@ -27382,179 +27379,179 @@
       <x:c r="G429" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>601247</x:v>
+        <x:v>600226</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>630</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>40864</x:v>
+        <x:v>34602</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>600226</x:v>
+        <x:v>497988</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="U430" s="16" t="s">
         <x:v>631</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
-        <x:v>34602</x:v>
+        <x:v>40864</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
-        <x:v>497988</x:v>
+        <x:v>601247</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
-        <x:v>395</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>34602</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
@@ -27824,51 +27821,51 @@
       <x:c r="K437" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>595755</x:v>
+        <x:v>595754</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
@@ -27881,51 +27878,51 @@
       <x:c r="K438" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>595754</x:v>
+        <x:v>595755</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>35568</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>645</x:v>
       </x:c>
@@ -28465,2317 +28462,2317 @@
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>605086</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
-        <x:v>38779</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="E449" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G449" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>542192</x:v>
+        <x:v>605013</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>657</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>655</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
-      <x:c r="E450" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
-        <x:v>38</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>534</x:v>
+      </x:c>
+      <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>30857</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
-        <x:v>606</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>605013</x:v>
+        <x:v>611395</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>608</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C451" s="3" t="s"/>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>611395</x:v>
+        <x:v>614333</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s"/>
       <x:c r="K452" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>614333</x:v>
+        <x:v>599879</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
-        <x:v>30857</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="P453" s="0" t="s">
         <x:v>659</x:v>
       </x:c>
-      <x:c r="P453" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>534</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>599879</x:v>
+        <x:v>601329</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>662</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>661</x:v>
-[...1 lines deleted...]
-      <x:c r="H454" s="14" t="s"/>
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="I454" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
-        <x:v>662</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
-        <x:v>31006</x:v>
+        <x:v>31090</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>661</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>601329</x:v>
+        <x:v>578582</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
-        <x:v>663</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C455" s="3" t="s"/>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>121</x:v>
-[...2 lines deleted...]
-        <x:v>122</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>31090</x:v>
+        <x:v>71701</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>529</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>578582</x:v>
+        <x:v>566989</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>667</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>668</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="C456" s="15" t="s"/>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>71701</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>669</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>566989</x:v>
+        <x:v>566990</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>670</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>668</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
-        <x:v>71701</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
-        <x:v>669</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>566990</x:v>
+        <x:v>568725</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="Q458" s="16" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="R458" s="14" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="S458" s="14" t="n">
+        <x:v>568727</x:v>
+      </x:c>
+      <x:c r="T458" s="16" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="Q459" s="4" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="R459" s="0" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="S459" s="0" t="n">
+        <x:v>568723</x:v>
+      </x:c>
+      <x:c r="T459" s="4" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="Q460" s="16" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="R460" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="S460" s="14" t="n">
+        <x:v>568726</x:v>
+      </x:c>
+      <x:c r="T460" s="16" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="Q461" s="4" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="R461" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="S461" s="0" t="n">
+        <x:v>568724</x:v>
+      </x:c>
+      <x:c r="T461" s="4" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>671</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
+        <x:v>670</x:v>
+      </x:c>
+      <x:c r="Q462" s="16" t="s">
+        <x:v>671</x:v>
+      </x:c>
+      <x:c r="R462" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="S462" s="14" t="n">
+        <x:v>568721</x:v>
+      </x:c>
+      <x:c r="T462" s="16" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>674</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>671</x:v>
-[...1 lines deleted...]
-      <x:c r="C463" s="3" t="s"/>
+        <x:v>673</x:v>
+      </x:c>
+      <x:c r="C463" s="3" t="n">
+        <x:v>40116</x:v>
+      </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="J463" s="0" t="s">
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>568721</x:v>
+        <x:v>592351</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>592351</x:v>
+        <x:v>592354</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>592354</x:v>
+        <x:v>592356</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>592356</x:v>
+        <x:v>592357</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="G467" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>443</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>444</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>592357</x:v>
+        <x:v>592358</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>592358</x:v>
+        <x:v>592355</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
-        <x:v>413</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>592355</x:v>
+        <x:v>592353</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>592353</x:v>
+        <x:v>592359</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H471" s="0" t="s">
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
-        <x:v>408</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J471" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>592359</x:v>
+        <x:v>574909</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>681</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>574909</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
+      <x:c r="E473" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>574908</x:v>
+        <x:v>611489</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
-      <x:c r="E474" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E474" s="14" t="s"/>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
-        <x:v>526</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J474" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K474" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L474" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M474" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
-        <x:v>611489</x:v>
+        <x:v>574911</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
       <x:c r="G475" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H475" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>574911</x:v>
+        <x:v>574912</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>685</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>40116</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>574912</x:v>
+        <x:v>574913</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>686</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>574913</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
-        <x:v>687</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>38974</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>407</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>592043</x:v>
+        <x:v>592044</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>687</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
-        <x:v>38974</x:v>
+        <x:v>40102</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
+      <x:c r="E479" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="H479" s="0" t="s">
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>692</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>693</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>592044</x:v>
+        <x:v>614634</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>40102</x:v>
+        <x:v>29964</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>614634</x:v>
+        <x:v>558155</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>695</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>29964</x:v>
+        <x:v>40123</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
-      <x:c r="E481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>525</x:v>
-[...2 lines deleted...]
-        <x:v>526</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>558155</x:v>
+        <x:v>592366</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>40123</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>413</x:v>
-[...1 lines deleted...]
-      <x:c r="H482" s="14" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H482" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="I482" s="16" t="s">
-        <x:v>414</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>592366</x:v>
+        <x:v>575558</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
-        <x:v>40123</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
-        <x:v>404</x:v>
-[...2 lines deleted...]
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>575558</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
-        <x:v>165</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>40288</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
-        <x:v>407</x:v>
-[...1 lines deleted...]
-      <x:c r="H484" s="14" t="s"/>
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H484" s="14" t="s">
+        <x:v>405</x:v>
+      </x:c>
       <x:c r="I484" s="16" t="s">
-        <x:v>408</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
-        <x:v>677</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>592404</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>29964</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>574942</x:v>
+        <x:v>606267</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>29964</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I486" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>606267</x:v>
+        <x:v>581442</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>695</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
-        <x:v>29964</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>581442</x:v>
+        <x:v>581344</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>38974</x:v>
+        <x:v>34408</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s"/>
+      <x:c r="E488" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
-        <x:v>404</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
-        <x:v>404</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>581344</x:v>
+        <x:v>501620</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>34408</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="Q489" s="4" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="R489" s="0" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="S489" s="0" t="n">
+        <x:v>542192</x:v>
+      </x:c>
+      <x:c r="T489" s="4" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="Q489" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -30790,51 +30787,51 @@
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
         <x:v>601256</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>28</x:v>
@@ -30847,51 +30844,51 @@
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -30906,51 +30903,51 @@
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>28</x:v>
@@ -30963,51 +30960,51 @@
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>713</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C494" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K494" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -31199,82 +31196,82 @@
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>592085</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
-        <x:v>692</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="Q498" s="16" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="R498" s="14" t="s">
         <x:v>691</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>693</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>592084</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
@@ -31392,54 +31389,54 @@
       <x:c r="I501" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>592079</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
@@ -31452,102 +31449,102 @@
       <x:c r="J502" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
         <x:v>592082</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C503" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J503" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>592081</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
@@ -31614,51 +31611,51 @@
       <x:c r="H505" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
@@ -31673,51 +31670,51 @@
       <x:c r="H506" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
@@ -31730,51 +31727,51 @@
       <x:c r="H507" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
@@ -31789,51 +31786,51 @@
       <x:c r="H508" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I508" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
@@ -31846,51 +31843,51 @@
       <x:c r="H509" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
@@ -31905,51 +31902,51 @@
       <x:c r="H510" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
@@ -32135,51 +32132,51 @@
       <x:c r="J514" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>592284</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -32362,51 +32359,51 @@
       <x:c r="J518" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>579574</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -32478,102 +32475,102 @@
       <x:c r="J520" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>581220</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>677</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>591994</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>740</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>38997</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
@@ -32640,51 +32637,51 @@
       <x:c r="H523" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
         <x:v>574994</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C524" s="15" t="n">
@@ -32699,51 +32696,51 @@
       <x:c r="H524" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I524" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J524" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K524" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L524" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M524" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N524" s="15" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O524" s="14" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="P524" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>581573</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
@@ -32756,51 +32753,51 @@
       <x:c r="H525" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N525" s="3" t="n">
         <x:v>24237</x:v>
       </x:c>
       <x:c r="O525" s="0" t="s">
         <x:v>741</x:v>
       </x:c>
       <x:c r="P525" s="0" t="s">
-        <x:v>682</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="C526" s="15" t="s"/>
@@ -33453,341 +33450,341 @@
         <x:v>260</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C539" s="3" t="s"/>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
         <x:v>568786</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C540" s="15" t="s"/>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s"/>
       <x:c r="K540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C541" s="3" t="s"/>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C542" s="15" t="s"/>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s"/>
       <x:c r="K542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
         <x:v>568783</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C543" s="3" t="s"/>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="G543" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
         <x:v>568784</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C544" s="15" t="s"/>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s"/>
       <x:c r="K544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
-        <x:v>672</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
-        <x:v>673</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
         <x:v>568785</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>674</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="C545" s="3" t="s"/>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="G545" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>39</x:v>
@@ -33963,51 +33960,51 @@
       <x:c r="M548" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>613763</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>36462</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
@@ -34349,60 +34346,60 @@
       <x:c r="J555" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>554807</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J556" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34412,51 +34409,51 @@
       <x:c r="L556" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>599461</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="G557" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J557" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34571,51 +34568,51 @@
       <x:c r="J559" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>573843</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
         <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
@@ -34628,51 +34625,51 @@
       <x:c r="J560" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
         <x:v>573846</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -34688,165 +34685,165 @@
       <x:c r="L561" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
         <x:v>545465</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>599725</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
         <x:v>544705</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>31113</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -34859,51 +34856,51 @@
       <x:c r="M564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>782</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
         <x:v>575993</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -34972,93 +34969,93 @@
       <x:c r="M566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>608142</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
         <x:v>599724</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
@@ -35142,51 +35139,51 @@
       <x:c r="M569" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>586506</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s"/>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35250,51 +35247,51 @@
       <x:c r="L571" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
         <x:v>623637</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
@@ -35307,51 +35304,51 @@
       <x:c r="L572" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>543571</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35412,51 +35409,51 @@
       <x:c r="J574" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
         <x:v>598115</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>788</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="G575" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
@@ -35472,54 +35469,54 @@
       <x:c r="L575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
         <x:v>545464</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s"/>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s"/>
       <x:c r="I576" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35589,51 +35586,51 @@
       <x:c r="M577" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
         <x:v>608141</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s"/>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -35748,51 +35745,51 @@
       <x:c r="J580" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
         <x:v>598116</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
         <x:v>774</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>575</x:v>
       </x:c>
@@ -35865,99 +35862,99 @@
       <x:c r="L582" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>543577</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="E583" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G583" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>549377</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
@@ -35987,51 +35984,51 @@
       <x:c r="M584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G585" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -36121,75 +36118,75 @@
       <x:c r="S586" s="14" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
@@ -36219,167 +36216,167 @@
       <x:c r="M588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
         <x:v>553577</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>695</x:v>
+        <x:v>693</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="E589" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G589" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
         <x:v>549515</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>605529</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -36730,51 +36727,51 @@
       <x:c r="H597" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>611092</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
@@ -36801,111 +36798,111 @@
       <x:c r="L598" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>549019</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>780</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="E599" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C600" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H600" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I600" s="16" t="s">
         <x:v>218</x:v>
@@ -36922,283 +36919,283 @@
       <x:c r="M600" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N600" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O600" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P600" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q600" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R600" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S600" s="14" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T600" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U600" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="601" spans="1:21">
       <x:c r="A601" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B601" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C601" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D601" s="3" t="s"/>
       <x:c r="E601" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G601" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I601" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J601" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K601" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L601" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M601" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N601" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O601" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P601" s="0" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="Q601" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R601" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S601" s="0" t="n">
         <x:v>558745</x:v>
       </x:c>
       <x:c r="T601" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U601" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
     </x:row>
     <x:row r="602" spans="1:21">
       <x:c r="A602" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B602" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C602" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D602" s="15" t="s"/>
       <x:c r="E602" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F602" s="14" t="s"/>
       <x:c r="G602" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="H602" s="14" t="s"/>
       <x:c r="I602" s="16" t="s">
-        <x:v>231</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J602" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K602" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L602" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M602" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="N602" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O602" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P602" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="Q602" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="R602" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S602" s="14" t="n">
-        <x:v>607732</x:v>
+        <x:v>601940</x:v>
       </x:c>
       <x:c r="T602" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U602" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="603" spans="1:21">
       <x:c r="A603" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B603" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C603" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D603" s="3" t="s"/>
       <x:c r="E603" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G603" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I603" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J603" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K603" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L603" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M603" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N603" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O603" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P603" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="Q603" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="R603" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S603" s="0" t="n">
-        <x:v>601940</x:v>
+        <x:v>498751</x:v>
       </x:c>
       <x:c r="T603" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U603" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="604" spans="1:21">
       <x:c r="A604" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B604" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="C604" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D604" s="15" t="s"/>
       <x:c r="E604" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F604" s="14" t="s"/>
       <x:c r="G604" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="H604" s="14" t="s"/>
       <x:c r="I604" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J604" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K604" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L604" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M604" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N604" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O604" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="P604" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
-        <x:v>498751</x:v>
+        <x:v>607732</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="G605" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37775,51 +37772,51 @@
       <x:c r="M615" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
         <x:v>613731</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="I616" s="16" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s">
@@ -38052,105 +38049,105 @@
       <x:c r="J620" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
         <x:v>598125</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="G621" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H621" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>585556</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
@@ -38190,81 +38187,81 @@
       <x:c r="R622" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
         <x:v>578111</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C623" s="3" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J623" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
         <x:v>571293</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
         <x:v>824</x:v>
       </x:c>
       <x:c r="C624" s="15" t="n">
         <x:v>31115</x:v>
       </x:c>
       <x:c r="D624" s="15" t="s"/>
@@ -38280,51 +38277,51 @@
       <x:c r="J624" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
         <x:v>598124</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>791</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>260</x:v>
@@ -38431,51 +38428,51 @@
       <x:c r="I627" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>615490</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
@@ -38542,51 +38539,51 @@
       <x:c r="M629" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
         <x:v>584588</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
@@ -38737,51 +38734,51 @@
       <x:c r="I633" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
         <x:v>615488</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>830</x:v>
       </x:c>
@@ -39306,51 +39303,51 @@
       <x:c r="L644" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
         <x:v>584586</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
         <x:v>841</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
         <x:v>828</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>27</x:v>
@@ -40369,51 +40366,51 @@
       <x:c r="I665" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>70332</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>830</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>615485</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C666" s="15" t="s"/>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
@@ -40718,73 +40715,73 @@
         <x:v>567362</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C672" s="15" t="s"/>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>70707</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>578640</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
         <x:v>852</x:v>
       </x:c>
       <x:c r="C673" s="3" t="s"/>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>853</x:v>