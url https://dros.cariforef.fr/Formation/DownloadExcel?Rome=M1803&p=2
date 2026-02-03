--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -323,110 +323,110 @@
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>architecte de systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>EPITECH - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Réseau informatique</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Architecte de systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole pour l'Informatique et les Nouvelles Technologies</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPITECH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/10/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>EPITECH - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
-    <x:t>EPITECH</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Architecte de systèmes d'information (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information + Expert en management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Azure : Initiation et Approfondissement</x:t>
@@ -563,77 +563,77 @@
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours développement web et dispositifs interactifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ceph Administration avancée</x:t>
   </x:si>
   <x:si>
     <x:t>Vivaneo</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Chef de projet logiciel et réseau</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
@@ -665,59 +665,59 @@
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>Système information</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Maestris - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion réseau informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Maestris - Groupe Eductive</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation management et conseil en systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet systèmes, réseaux et sécurité spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet Web : Conduite de projet Web + Ergonomie de Sites Web</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option informatique</x:t>
@@ -758,74 +758,74 @@
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée Les Eucalyptus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Les Eucalyptus</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2026 00:00:00</x:t>
@@ -1052,59 +1052,59 @@
   <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Simplon.co - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Est-Sud - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert en ingénierie des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Mediaschool Nice - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du développement et en architecture logicielle spécialisation architecture des logiciels (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture web</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie du logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Génie logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
@@ -1250,56 +1250,56 @@
   <x:si>
     <x:t>formation CentraleDigitalLab</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet agile - Scrum et Kanban pour les chefs de projet</x:t>
   </x:si>
   <x:si>
     <x:t>Senza</x:t>
   </x:si>
   <x:si>
     <x:t>34070</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure des mines de Saint-Étienne de l'institut Mines-Télécom spécialité microélectronique et informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Étienne - campus de Saint-Étienne</x:t>
   </x:si>
   <x:si>
     <x:t>42023</x:t>
   </x:si>
   <x:si>
     <x:t>Microélectronique</x:t>
   </x:si>
   <x:si>
     <x:t>Mines Saint-Etienne - ISMIN - Campus Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13541</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école supérieure angevine d'informatique et de productique spécialité informatique et réseaux</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
@@ -1496,68 +1496,68 @@
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de solutions digitales et data (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Esimed</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/12/2026 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
@@ -1640,66 +1640,66 @@
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère Européen Informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mastère Européen informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. réseaux et télécommunications navales (Maritime Telecommunication Networks)</x:t>
   </x:si>
   <x:si>
     <x:t>No-Code Operator - Améliorer la productivité de votre organisation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel gestion contenu entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>02/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Product owner</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
@@ -2598,177 +2598,177 @@
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>586940</x:v>
+        <x:v>586934</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>586953</x:v>
+        <x:v>586940</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>586934</x:v>
+        <x:v>586953</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
@@ -3599,625 +3599,624 @@
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>597191</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="H28" s="14" t="s"/>
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s">
+        <x:v>86</x:v>
+      </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>597192</x:v>
+        <x:v>616834</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>88</x:v>
-[...2 lines deleted...]
-        <x:v>86</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>616834</x:v>
+        <x:v>597192</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>568839</x:v>
+        <x:v>568840</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="S31" s="0" t="n">
+        <x:v>568839</x:v>
+      </x:c>
+      <x:c r="T31" s="4" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="U31" s="4" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="S32" s="14" t="n">
+        <x:v>568842</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="U32" s="16" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>568840</x:v>
+        <x:v>568843</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>616870</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>580870</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>616836</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38114</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>616876</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -4313,72 +4312,72 @@
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>46339</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581270</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
@@ -4430,138 +4429,138 @@
         <x:v>128</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>569977</x:v>
+        <x:v>569967</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>569967</x:v>
+        <x:v>569977</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>576521</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
@@ -4825,54 +4824,54 @@
       <x:c r="K49" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>602560</x:v>
+        <x:v>556125</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>159</x:v>
@@ -4886,57 +4885,57 @@
       <x:c r="K50" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>556125</x:v>
+        <x:v>513899</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>35502</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -4946,156 +4945,156 @@
       <x:c r="K51" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>31018</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>513899</x:v>
+        <x:v>602560</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="S52" s="14" t="n">
+        <x:v>608220</x:v>
+      </x:c>
+      <x:c r="T52" s="16" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>608220</x:v>
+        <x:v>608221</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5144,51 +5143,51 @@
         <x:v>178</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>534941</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5203,51 +5202,51 @@
       <x:c r="C56" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>534939</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -5345,51 +5344,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>546302</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5466,172 +5465,172 @@
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>546303</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>600354</x:v>
+        <x:v>546300</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>600355</x:v>
+        <x:v>600354</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -5641,271 +5640,271 @@
       <x:c r="K63" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>546300</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>611125</x:v>
+        <x:v>608603</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>608603</x:v>
+        <x:v>611125</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>550731</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>550733</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
@@ -5914,114 +5913,114 @@
       <x:c r="C68" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>535083</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>535085</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
@@ -6030,114 +6029,114 @@
       <x:c r="C70" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>550732</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>550734</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -6146,114 +6145,114 @@
       <x:c r="C72" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>550735</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>550736</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -6262,114 +6261,114 @@
       <x:c r="C74" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>550737</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>535090</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -6378,114 +6377,114 @@
       <x:c r="C76" s="15" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>550738</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39115</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24220</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>535092</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -6831,384 +6830,384 @@
         <x:v>211</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>594656</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>594657</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>594655</x:v>
+        <x:v>594657</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>592950</x:v>
+        <x:v>592952</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592953</x:v>
+        <x:v>592950</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592952</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>592581</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -7239,131 +7238,131 @@
         <x:v>222</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>592580</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>222</x:v>
@@ -7392,126 +7391,126 @@
       <x:c r="R95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
@@ -7545,75 +7544,75 @@
         <x:v>191</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592937</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
@@ -7659,51 +7658,51 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>576522</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -7712,100 +7711,100 @@
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>576524</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576520</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -8192,51 +8191,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>588346</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
@@ -8273,171 +8272,171 @@
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>586938</x:v>
+        <x:v>586926</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>586925</x:v>
+        <x:v>586938</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>586926</x:v>
+        <x:v>586925</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>42</x:v>
@@ -8622,84 +8621,84 @@
         <x:v>586937</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38436</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>31090</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>568847</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>42</x:v>
@@ -8757,51 +8756,51 @@
         <x:v>170</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>612079</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>42</x:v>
@@ -9465,51 +9464,51 @@
       <x:c r="C136" s="15" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>550743</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -9522,51 +9521,51 @@
         <x:v>294</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37843</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>535038</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -9692,51 +9691,51 @@
       <x:c r="C140" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>549752</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -9749,51 +9748,51 @@
         <x:v>302</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>549713</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -9808,51 +9807,51 @@
       <x:c r="C142" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>604973</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -9865,51 +9864,51 @@
         <x:v>302</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>605066</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -9924,51 +9923,51 @@
       <x:c r="C144" s="15" t="n">
         <x:v>39582</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>604978</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -9981,51 +9980,51 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>534966</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10040,51 +10039,51 @@
       <x:c r="C146" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>550745</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -10097,51 +10096,51 @@
         <x:v>307</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>550746</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -10156,51 +10155,51 @@
       <x:c r="C148" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>534965</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10213,51 +10212,51 @@
         <x:v>308</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>550910</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -10272,51 +10271,51 @@
       <x:c r="C150" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>534969</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10329,51 +10328,51 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -10388,51 +10387,51 @@
       <x:c r="C152" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>534968</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10445,51 +10444,51 @@
         <x:v>309</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>534967</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -10504,51 +10503,51 @@
       <x:c r="C154" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>550915</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -10672,448 +10671,448 @@
         <x:v>319</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37638</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24218</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>554510</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>598491</x:v>
+        <x:v>589942</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>589941</x:v>
+        <x:v>598491</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>589942</x:v>
+        <x:v>589941</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>598490</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>588341</x:v>
+        <x:v>614355</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>614355</x:v>
+        <x:v>588341</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -11126,51 +11125,51 @@
         <x:v>332</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36469</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -11560,103 +11559,103 @@
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>578627</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>615687</x:v>
+        <x:v>610847</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -11665,114 +11664,114 @@
       <x:c r="K174" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>578623</x:v>
+        <x:v>615687</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>610847</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12106,51 +12105,51 @@
       <x:c r="C182" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>550953</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -12163,51 +12162,51 @@
         <x:v>360</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -12222,51 +12221,51 @@
       <x:c r="C184" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>550955</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -12279,51 +12278,51 @@
         <x:v>360</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>535022</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -12338,51 +12337,51 @@
       <x:c r="C186" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -12395,51 +12394,51 @@
         <x:v>361</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -12454,283 +12453,283 @@
       <x:c r="C188" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>535024</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>551041</x:v>
+        <x:v>535024</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>535027</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>535027</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>551044</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -12743,51 +12742,51 @@
         <x:v>362</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>551046</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
@@ -12839,135 +12838,135 @@
       <x:c r="R194" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>597161</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37985</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>597162</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>595214</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>35284</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
@@ -13081,51 +13080,51 @@
         <x:v>368</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>506857</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13140,51 +13139,51 @@
       <x:c r="C200" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>506858</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13197,51 +13196,51 @@
         <x:v>373</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>506859</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13256,51 +13255,51 @@
       <x:c r="C202" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>506860</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13313,51 +13312,51 @@
         <x:v>375</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>506861</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13483,51 +13482,51 @@
       <x:c r="C206" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>506862</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13540,51 +13539,51 @@
         <x:v>380</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>506863</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13599,51 +13598,51 @@
       <x:c r="C208" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>506864</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -13750,51 +13749,51 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>568028</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -13803,273 +13802,273 @@
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>568026</x:v>
+        <x:v>568025</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>568024</x:v>
+        <x:v>568026</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>568029</x:v>
+        <x:v>568024</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>393</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>568027</x:v>
+        <x:v>568029</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>568025</x:v>
+        <x:v>568027</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>40205</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
@@ -14238,114 +14237,114 @@
         <x:v>410</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>592577</x:v>
+        <x:v>592576</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>592576</x:v>
+        <x:v>592577</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39907</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
@@ -14505,51 +14504,51 @@
         <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>583375</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14711,51 +14710,51 @@
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>44527</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>577818</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15170,51 +15169,51 @@
         <x:v>450</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>34394</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>534875</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -15758,57 +15757,57 @@
       <x:c r="K247" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>553421</x:v>
+        <x:v>608954</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
@@ -15817,90 +15816,90 @@
       <x:c r="K248" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>608954</x:v>
+        <x:v>553421</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>460</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>497530</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -15915,51 +15914,51 @@
       <x:c r="C250" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>497528</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -15972,51 +15971,51 @@
         <x:v>463</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>497533</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -16031,51 +16030,51 @@
       <x:c r="C252" s="15" t="n">
         <x:v>38905</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>497532</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -16147,72 +16146,72 @@
       <x:c r="C254" s="15" t="n">
         <x:v>34408</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -16222,51 +16221,51 @@
       <x:c r="K255" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>542186</x:v>
+        <x:v>600220</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>472</x:v>
@@ -16281,51 +16280,51 @@
       <x:c r="K256" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>600220</x:v>
+        <x:v>549330</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
@@ -16338,116 +16337,116 @@
       <x:c r="K257" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>549330</x:v>
+        <x:v>542186</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>542192</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -16457,54 +16456,54 @@
       <x:c r="L259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>542189</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>475</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
@@ -16513,57 +16512,57 @@
       <x:c r="K260" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>549300</x:v>
+        <x:v>542192</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -16573,170 +16572,170 @@
       <x:c r="L261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>601256</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>601256</x:v>
+        <x:v>549300</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>485</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38690</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -17013,114 +17012,114 @@
       <x:c r="I269" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>494</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>615854</x:v>
+        <x:v>592085</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592085</x:v>
+        <x:v>615854</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>497</x:v>
       </x:c>
@@ -17294,51 +17293,51 @@
       <x:c r="I274" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>574955</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
@@ -17351,51 +17350,51 @@
       <x:c r="I275" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>574956</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
@@ -17410,51 +17409,51 @@
       <x:c r="I276" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>574957</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
@@ -17467,51 +17466,51 @@
       <x:c r="I277" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>574958</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
@@ -17526,51 +17525,51 @@
       <x:c r="I278" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>574959</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
@@ -17583,51 +17582,51 @@
       <x:c r="I279" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>574960</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>35908</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
@@ -17726,139 +17725,139 @@
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>575017</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>592283</x:v>
+        <x:v>592286</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>427</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>592286</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39490</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
@@ -18119,162 +18118,161 @@
         <x:v>520</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>579575</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="I289" s="4" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="K289" s="0" t="s">
         <x:v>524</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>523237</x:v>
+        <x:v>531243</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>455</x:v>
-[...1 lines deleted...]
-      <x:c r="H290" s="14" t="s"/>
+        <x:v>526</x:v>
+      </x:c>
+      <x:c r="H290" s="14" t="s">
+        <x:v>527</x:v>
+      </x:c>
       <x:c r="I290" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>531243</x:v>
+        <x:v>523237</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>516303</x:v>
       </x:c>
@@ -18338,51 +18336,51 @@
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>568152</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -18391,304 +18389,304 @@
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>568160</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>568153</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>568155</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>568157</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>72254</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>568158</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>578314</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -18801,202 +18799,202 @@
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>586559</x:v>
+        <x:v>586560</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>31024</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>586560</x:v>
+        <x:v>586559</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>568786</x:v>
+        <x:v>568783</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>568782</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
@@ -19005,202 +19003,202 @@
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>568783</x:v>
+        <x:v>568784</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>568784</x:v>
+        <x:v>568785</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>568785</x:v>
+        <x:v>568786</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>31034</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>568787</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>340</x:v>
       </x:c>