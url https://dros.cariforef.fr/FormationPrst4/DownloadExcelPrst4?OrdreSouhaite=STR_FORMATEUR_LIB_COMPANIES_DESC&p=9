--- v1 (2026-03-31)
+++ v2 (2026-03-31)
@@ -3614,257 +3614,257 @@
       <x:c r="I42" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L42" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="N42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="O42" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q42" s="14" t="n">
-        <x:v>586811</x:v>
+        <x:v>586821</x:v>
       </x:c>
       <x:c r="R42" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S42" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:19">
       <x:c r="A43" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L43" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="N43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="O43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q43" s="0" t="n">
-        <x:v>586814</x:v>
+        <x:v>586811</x:v>
       </x:c>
       <x:c r="R43" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S43" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:19">
       <x:c r="A44" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L44" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="N44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="O44" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q44" s="14" t="n">
-        <x:v>586819</x:v>
+        <x:v>586814</x:v>
       </x:c>
       <x:c r="R44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S44" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:19">
       <x:c r="A45" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I45" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="3" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="N45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="O45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q45" s="0" t="n">
-        <x:v>586822</x:v>
+        <x:v>586819</x:v>
       </x:c>
       <x:c r="R45" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:19">
       <x:c r="A46" s="13" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="15" t="n">
         <x:v>42829</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="N46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="O46" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q46" s="14" t="n">
-        <x:v>586821</x:v>
+        <x:v>586822</x:v>
       </x:c>
       <x:c r="R46" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S46" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:19">
       <x:c r="A47" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G47" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="I47" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>